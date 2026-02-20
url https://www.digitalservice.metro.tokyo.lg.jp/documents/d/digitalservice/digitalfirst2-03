--- v0 (2025-11-05)
+++ v1 (2026-02-20)
@@ -1,127 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\TMG-fc00.edstokyotocho.onmicrosoft.com\sfs110-001\31_デジタル手続推進課\30_QOS向上\90_重点手続整理\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\TMG-fc00.edstokyotocho.onmicrosoft.com\sfs110-001\31_デジタル手続推進課\30_QOS向上\00_重点・準重点手続一覧\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AFCAD736-E6A8-4F31-AD4E-125DDC69A9CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CDADA51E-BAE3-4942-9730-3D347122CE08}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="851" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="重点手続一覧 (令和７年４月末時点)" sheetId="14" r:id="rId1"/>
+    <sheet name="重点手続一覧 (令和７年12月末時点)" sheetId="14" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'重点手続一覧 (令和７年４月末時点)'!$B$1:$I$186</definedName>
-    <definedName name="下水道局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$148</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'重点手続一覧 (令和７年12月末時点)'!$B$1:$I$196</definedName>
+    <definedName name="下水道局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$148</definedName>
     <definedName name="下水道局">#REF!</definedName>
-    <definedName name="会計管理局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$92:$E$107</definedName>
+    <definedName name="会計管理局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$92:$D$107</definedName>
     <definedName name="会計管理局">#REF!</definedName>
-    <definedName name="環境局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$53:$E$54</definedName>
+    <definedName name="環境局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$53:$D$54</definedName>
     <definedName name="環境局">#REF!</definedName>
-    <definedName name="教育庁" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$149:$E$162</definedName>
+    <definedName name="教育庁" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$149:$D$162</definedName>
     <definedName name="教育庁">#REF!</definedName>
-    <definedName name="警視庁" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$164:$E$182</definedName>
+    <definedName name="警視庁" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$164:$D$182</definedName>
     <definedName name="警視庁">#REF!</definedName>
-    <definedName name="建設局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$85:$E$89</definedName>
+    <definedName name="建設局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$85:$D$89</definedName>
     <definedName name="建設局">#REF!</definedName>
-    <definedName name="交通局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$129:$E$130</definedName>
+    <definedName name="交通局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$129:$D$130</definedName>
     <definedName name="交通局">#REF!</definedName>
-    <definedName name="港湾局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$90:$E$91</definedName>
+    <definedName name="港湾局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$90:$D$91</definedName>
     <definedName name="港湾局">#REF!</definedName>
-    <definedName name="財務局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$3:$E$5</definedName>
+    <definedName name="財務局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$3:$D$5</definedName>
     <definedName name="財務局">#REF!</definedName>
-    <definedName name="産業労働局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$84</definedName>
+    <definedName name="産業労働局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$84</definedName>
     <definedName name="産業労働局">#REF!</definedName>
-    <definedName name="主税局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$6:$E$37</definedName>
+    <definedName name="主税局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$6:$D$37</definedName>
     <definedName name="主税局">#REF!</definedName>
-    <definedName name="住宅政策本部" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$43:$E$52</definedName>
+    <definedName name="住宅政策本部" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$43:$D$52</definedName>
     <definedName name="住宅政策本部">#REF!</definedName>
-    <definedName name="人事委員会事務局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$163</definedName>
+    <definedName name="人事委員会事務局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$163</definedName>
     <definedName name="人事委員会事務局">#REF!</definedName>
-    <definedName name="水道局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$131:$E$147</definedName>
+    <definedName name="水道局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$131:$D$147</definedName>
     <definedName name="水道局">#REF!</definedName>
-    <definedName name="生活文化スポーツ局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$38:$E$41</definedName>
+    <definedName name="生活文化スポーツ局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$38:$D$41</definedName>
     <definedName name="生活文化スポーツ局">#REF!</definedName>
-    <definedName name="総務局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$2</definedName>
+    <definedName name="総務局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$2</definedName>
     <definedName name="総務局">#REF!</definedName>
-    <definedName name="都市整備局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$42</definedName>
+    <definedName name="都市整備局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$42</definedName>
     <definedName name="都市整備局">#REF!</definedName>
-    <definedName name="東京消防庁" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$108:$E$128</definedName>
+    <definedName name="東京消防庁" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$108:$D$128</definedName>
     <definedName name="東京消防庁">#REF!</definedName>
-    <definedName name="福祉局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$55:$E$69</definedName>
+    <definedName name="福祉局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$55:$D$69</definedName>
     <definedName name="福祉局">#REF!</definedName>
-    <definedName name="保健医療局" localSheetId="0">'重点手続一覧 (令和７年４月末時点)'!$E$70:$E$83</definedName>
+    <definedName name="保健医療局" localSheetId="0">'重点手続一覧 (令和７年12月末時点)'!$D$70:$D$83</definedName>
     <definedName name="保健医療局">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1122" uniqueCount="627">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1199" uniqueCount="674">
   <si>
     <t>局</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>手続名</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>根拠規定の名称</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>条項</t>
     <rPh sb="0" eb="2">
       <t>ジョウコウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>総務局</t>
   </si>
   <si>
@@ -165,53 +166,50 @@
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>財務局</t>
   </si>
   <si>
     <t>入札等の公告に基づく参加申請、入札等</t>
   </si>
   <si>
     <t>民間事業者等</t>
   </si>
   <si>
     <t>東京都契約事務規則</t>
   </si>
   <si>
     <t>第7条第1項</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>建設工事等競争入札参加資格審査（定期受付・随時受付）</t>
   </si>
   <si>
     <t>第4条</t>
   </si>
   <si>
-    <t>物品買入れ等入札参加資格審査（随時受付・定期受付）</t>
-[...1 lines deleted...]
-  <si>
     <t>主税局</t>
   </si>
   <si>
     <t>地方税法</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>附則第29条の9</t>
     <rPh sb="0" eb="2">
       <t>フソク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>自動車税環境性能割の申告納付</t>
   </si>
   <si>
     <t>東京都都税条例</t>
   </si>
   <si>
     <t>第72条</t>
   </si>
   <si>
     <t>自動車税種別割の申告納付</t>
   </si>
@@ -410,79 +408,70 @@
     <t>口座振替支払事務取扱要領</t>
   </si>
   <si>
     <t>納税証明書の交付申請</t>
   </si>
   <si>
     <t>納税証明事務の取扱いについて（通達）</t>
   </si>
   <si>
     <t>東京都都税条例施行規則</t>
   </si>
   <si>
     <t>第40条の8の2</t>
   </si>
   <si>
     <t>自動車税（種別割）納税証明書（継続検査等用）発行申請</t>
   </si>
   <si>
     <t>都税口座振替申込手続</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>都税口座振替（自動払込）収納事務取扱要領</t>
   </si>
   <si>
-    <t>生活文化スポーツ局</t>
-[...1 lines deleted...]
-  <si>
     <t>一般旅券の発給申請</t>
   </si>
   <si>
     <t>旅券法</t>
   </si>
   <si>
     <t>第3条第1項</t>
   </si>
   <si>
     <t>一般旅券の発給申請等に関する手続（有効期間内の申請等）</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>第11条第1項</t>
   </si>
   <si>
     <t>私立高等学校等就学支援金の受給資格の認定</t>
   </si>
   <si>
     <t>高等学校等就学支援金の支給に関する法律</t>
-  </si>
-[...4 lines deleted...]
-    <t>東京都体育施設条例施行規則</t>
   </si>
   <si>
     <t>第4条第1項</t>
   </si>
   <si>
     <t>都市整備局</t>
   </si>
   <si>
     <t>建築物等に係る台帳記載事項証明</t>
     <rPh sb="3" eb="4">
       <t>トウ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>カカ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>建築基準法</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>第12条第8項</t>
   </si>
   <si>
@@ -1980,68 +1969,58 @@
     <t>P0190312</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>P0220024</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>収納金口座振替取消届の提出</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>納入済通知書記載事項の受信</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>P9000102</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>P9000105</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>保健医療局</t>
-    <phoneticPr fontId="12"/>
+    <phoneticPr fontId="11"/>
   </si>
   <si>
     <t>民間事業者等</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>東京都医療機関物価高騰緊急対策支援金交付要綱</t>
-    <phoneticPr fontId="3"/>
-[...8 lines deleted...]
-    </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>第10条</t>
     <rPh sb="0" eb="1">
       <t>ダイ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>P0220025</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>P0220031</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>P0220032</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
@@ -2480,73 +2459,323 @@
       <t>ダイ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>医薬品等製造販売業等届出</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>P0106272</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>医薬品医療機器等法</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>第19条</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>東京都医療機関物価高騰緊急対策支援金の交付申請</t>
-    <phoneticPr fontId="12"/>
+    <phoneticPr fontId="11"/>
   </si>
   <si>
     <t>東京都医療機関物価高騰緊急対策支援金の実績報告</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
+    <t>（R7.12追加）申請件数増加のため</t>
+    <rPh sb="6" eb="8">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>シンセイ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>ケンスウ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>ゾウカ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>生活文化局</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>スポーツ推進本部</t>
+    <rPh sb="4" eb="6">
+      <t>スイシン</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>ホンブ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>主税局</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>福祉局</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>教育庁</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>警視庁</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>私立都認可外通信制高等学校在学生授業料助成金の交付申請</t>
+  </si>
+  <si>
+    <t>特定不妊治療費（先進医療）助成の認定（申請）</t>
+  </si>
+  <si>
+    <t>駐車禁止等除外標章の申請</t>
+  </si>
+  <si>
+    <t>特例施設占有者の物件に関する事項の届出（物件の提出免除）</t>
+  </si>
+  <si>
+    <t>特例施設占有者の物件売却時の届出</t>
+  </si>
+  <si>
+    <t>特例施設占有者の物件処分時の届出</t>
+  </si>
+  <si>
+    <t>P1000007</t>
+  </si>
+  <si>
+    <t>P1000008</t>
+  </si>
+  <si>
+    <t>P0080170</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>東京都宿泊税条例</t>
+  </si>
+  <si>
+    <t>P0271380</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>都民等</t>
+    <rPh sb="0" eb="2">
+      <t>トミン</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>私立都認可外通信制高等学校在学生授業料助成金交付要綱</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>P0270332</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>旅券法</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>第10条第1項</t>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ジョウ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>コウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>P9000083</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>東京都特定不妊治療費（先進医療）助成事業実施要綱</t>
+  </si>
+  <si>
+    <t>P9000107</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>東京都医療機関物価高騰緊急対策支援金交付要綱</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>民間事業者等等</t>
+    <rPh sb="6" eb="7">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>P0310865</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>都立学校施設開放事業実施要領</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>第7条第3項第1号</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>第8条</t>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ジョウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>第6条</t>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ジョウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>第5条</t>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ジョウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>第13条</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>都立学校施設開放事業管理指導日誌</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>P1000286</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>都民等、民間事業者等</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>P1000006</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>遺失物法</t>
+  </si>
+  <si>
+    <t>第17条</t>
+  </si>
+  <si>
+    <t>民間事業者等</t>
+    <rPh sb="0" eb="5">
+      <t>ミンカンジギョウシャ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>第20条第3項</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>第21条第2項</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
     <t>（R7.6削除）手続の廃止・統合等のため</t>
-    <rPh sb="5" eb="7">
-[...13 lines deleted...]
-    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>物品買入れ等入札参加資格審査（随時受付・定期受付）</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>一般旅券の発給申請に関する手続（記載事項に変更を生じた場合の取扱い）</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>（R7.12削除）手続の廃止・統合等のため</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>東京都医療機関物価高騰緊急対策支援金の精算</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>例月申告納入受付（宿泊税）</t>
+    <rPh sb="9" eb="11">
+      <t>シュクハク</t>
+    </rPh>
+    <rPh sb="11" eb="12">
+      <t>ゼイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>東京都スポーツ施設条例施行規則に基づく使用申込</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>東京都スポーツ施設条例施行規則</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>※都にデジタル化の裁量なし</t>
     <phoneticPr fontId="3"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
@@ -2593,85 +2822,88 @@
     </font>
     <font>
       <sz val="10"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF0070C0"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...5 lines deleted...]
-    <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="0"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <strike/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <name val="Yu Gothic UI"/>
+      <color indexed="0"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
@@ -2725,51 +2957,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD4D4D4"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FFD4D4D4"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD4D4D4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
@@ -2797,123 +3029,144 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="標準 3" xfId="3" xr:uid="{D85AEB5C-51D1-47C8-8727-E213FE8A0CC7}"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="2">
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0017C1"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -3195,5135 +3448,5409 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{247EFAC5-16A3-4FFB-A307-EB15A38FA59F}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I186"/>
+  <dimension ref="A1:I196"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="81" zoomScaleNormal="81" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.44140625" defaultRowHeight="16.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.109375" style="16" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="8.5546875" style="18" customWidth="1"/>
     <col min="3" max="3" width="11.33203125" style="17" customWidth="1"/>
-    <col min="4" max="4" width="14.88671875" style="17" customWidth="1"/>
-    <col min="5" max="5" width="52.6640625" style="17" customWidth="1"/>
+    <col min="4" max="4" width="52.6640625" style="17" customWidth="1"/>
+    <col min="5" max="5" width="14.88671875" style="17" customWidth="1"/>
     <col min="6" max="6" width="13" style="17" customWidth="1"/>
     <col min="7" max="7" width="36.44140625" style="17" customWidth="1"/>
     <col min="8" max="8" width="16.88671875" style="17" customWidth="1"/>
-    <col min="9" max="9" width="74.33203125" style="17" customWidth="1"/>
+    <col min="9" max="9" width="75.33203125" style="17" customWidth="1"/>
     <col min="10" max="11" width="8.44140625" style="17" customWidth="1"/>
     <col min="12" max="16384" width="8.44140625" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="35" t="s">
+      <c r="B1" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="C1" s="35" t="s">
+      <c r="C1" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="35" t="s">
+      <c r="D1" s="37" t="s">
+        <v>2</v>
+      </c>
+      <c r="E1" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="35" t="s">
-[...2 lines deleted...]
-      <c r="F1" s="35" t="s">
+      <c r="F1" s="37" t="s">
         <v>12</v>
       </c>
-      <c r="G1" s="35" t="s">
+      <c r="G1" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="H1" s="35" t="s">
+      <c r="H1" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="I1" s="36" t="s">
-        <v>413</v>
+      <c r="I1" s="38" t="s">
+        <v>409</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3">
         <v>4</v>
       </c>
       <c r="B2" s="4">
         <v>1</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="D2" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E2" s="5" t="s">
+      <c r="D2" s="5" t="s">
         <v>6</v>
+      </c>
+      <c r="E2" s="6" t="s">
+        <v>413</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="7"/>
     </row>
     <row r="3" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="9">
         <v>5</v>
       </c>
       <c r="B3" s="4">
         <v>2</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="D3" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="10" t="s">
+      <c r="D3" s="10" t="s">
         <v>14</v>
+      </c>
+      <c r="E3" s="11" t="s">
+        <v>414</v>
       </c>
       <c r="F3" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="10" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="10" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="7"/>
     </row>
     <row r="4" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="9">
         <v>5</v>
       </c>
       <c r="B4" s="4">
         <v>3</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="D4" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="10" t="s">
+      <c r="D4" s="10" t="s">
         <v>18</v>
+      </c>
+      <c r="E4" s="12" t="s">
+        <v>415</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I4" s="7"/>
     </row>
     <row r="5" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="9">
         <v>5</v>
       </c>
       <c r="B5" s="4">
         <v>4</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="D5" s="12" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="D5" s="10" t="s">
+        <v>666</v>
+      </c>
+      <c r="E5" s="12" t="s">
+        <v>416</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="10" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I5" s="7"/>
     </row>
     <row r="6" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="9">
         <v>7</v>
       </c>
       <c r="B6" s="4">
         <v>5</v>
       </c>
       <c r="C6" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="10" t="s">
+        <v>428</v>
+      </c>
+      <c r="E6" s="12" t="s">
+        <v>417</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="G6" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="D6" s="12" t="s">
-[...8 lines deleted...]
-      <c r="G6" s="10" t="s">
+      <c r="H6" s="10" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="I6" s="7"/>
     </row>
     <row r="7" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="9">
         <v>7</v>
       </c>
       <c r="B7" s="4">
         <v>6</v>
       </c>
       <c r="C7" s="10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="E7" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="12" t="s">
+        <v>418</v>
+      </c>
+      <c r="F7" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="G7" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="F7" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="5" t="s">
+      <c r="H7" s="10" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="I7" s="7"/>
     </row>
     <row r="8" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9">
         <v>7</v>
       </c>
       <c r="B8" s="4">
         <v>7</v>
       </c>
       <c r="C8" s="10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="E8" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" s="12" t="s">
+        <v>419</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="10" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
       <c r="I8" s="7"/>
     </row>
     <row r="9" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="9">
         <v>7</v>
       </c>
       <c r="B9" s="4">
         <v>8</v>
       </c>
       <c r="C9" s="10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="E9" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E9" s="12" t="s">
+        <v>420</v>
+      </c>
+      <c r="F9" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="10" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I9" s="7"/>
     </row>
     <row r="10" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="9">
         <v>7</v>
       </c>
       <c r="B10" s="4">
         <v>9</v>
       </c>
       <c r="C10" s="10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="E10" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" s="12" t="s">
+        <v>421</v>
+      </c>
+      <c r="F10" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="F10" s="10" t="s">
+      <c r="G10" s="10" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="H10" s="10"/>
       <c r="I10" s="7"/>
     </row>
     <row r="11" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="9">
         <v>7</v>
       </c>
       <c r="B11" s="4">
         <v>10</v>
       </c>
       <c r="C11" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>34</v>
+        <v>20</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" s="12" t="s">
+        <v>422</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11" s="10" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="I11" s="7"/>
     </row>
     <row r="12" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="13">
         <v>7</v>
       </c>
       <c r="B12" s="4">
         <v>11</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>20</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E12" s="12" t="s">
+        <v>423</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I12" s="7"/>
     </row>
     <row r="13" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="13">
         <v>7</v>
       </c>
       <c r="B13" s="4">
         <v>12</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>39</v>
+        <v>20</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" s="12" t="s">
+        <v>424</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I13" s="7"/>
     </row>
     <row r="14" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="13">
         <v>7</v>
       </c>
       <c r="B14" s="4">
         <v>13</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>20</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>425</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="I14" s="7"/>
     </row>
     <row r="15" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="13">
         <v>7</v>
       </c>
       <c r="B15" s="4">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>43</v>
+        <v>20</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>426</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G15" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="I15" s="7"/>
     </row>
     <row r="16" spans="1:9" s="8" customFormat="1" ht="85.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="13">
         <v>7</v>
       </c>
-      <c r="B16" s="24">
+      <c r="B16" s="23">
         <v>15</v>
       </c>
-      <c r="C16" s="25" t="s">
-[...3 lines deleted...]
-        <v>431</v>
+      <c r="C16" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="24" t="s">
+        <v>44</v>
       </c>
       <c r="E16" s="25" t="s">
+        <v>427</v>
+      </c>
+      <c r="F16" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="H16" s="24" t="s">
         <v>45</v>
       </c>
-      <c r="F16" s="25" t="s">
-[...9 lines deleted...]
-        <v>615</v>
+      <c r="I16" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="17" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="9">
         <v>7</v>
       </c>
       <c r="B17" s="4">
         <v>16</v>
       </c>
       <c r="C17" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>20</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>429</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H17" s="10" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I17" s="7"/>
     </row>
     <row r="18" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="9">
         <v>7</v>
       </c>
       <c r="B18" s="4">
         <v>17</v>
       </c>
       <c r="C18" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>49</v>
+        <v>20</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>430</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G18" s="10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H18" s="10" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I18" s="7"/>
     </row>
     <row r="19" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="9">
         <v>7</v>
       </c>
       <c r="B19" s="4">
         <v>18</v>
       </c>
       <c r="C19" s="10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="E19" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="E19" s="12" t="s">
+        <v>431</v>
+      </c>
+      <c r="F19" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G19" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="H19" s="10" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
       <c r="I19" s="7"/>
     </row>
     <row r="20" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="9">
         <v>7</v>
       </c>
       <c r="B20" s="4">
         <v>19</v>
       </c>
       <c r="C20" s="10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="E20" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" s="12" t="s">
+        <v>432</v>
+      </c>
+      <c r="F20" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G20" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20" s="10" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
       <c r="I20" s="7"/>
     </row>
     <row r="21" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="9">
         <v>7</v>
       </c>
       <c r="B21" s="4">
         <v>20</v>
       </c>
       <c r="C21" s="10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="E21" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="E21" s="12" t="s">
+        <v>433</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G21" s="10" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="H21" s="10"/>
       <c r="I21" s="7"/>
     </row>
     <row r="22" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="9">
         <v>7</v>
       </c>
       <c r="B22" s="4">
         <v>21</v>
       </c>
       <c r="C22" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>57</v>
+        <v>20</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E22" s="12" t="s">
+        <v>434</v>
       </c>
       <c r="F22" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G22" s="10" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H22" s="10"/>
       <c r="I22" s="7"/>
     </row>
     <row r="23" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="9">
         <v>7</v>
       </c>
       <c r="B23" s="4">
         <v>22</v>
       </c>
       <c r="C23" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>58</v>
+        <v>20</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="12" t="s">
+        <v>435</v>
       </c>
       <c r="F23" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G23" s="10" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H23" s="10"/>
       <c r="I23" s="7"/>
     </row>
     <row r="24" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="9">
         <v>7</v>
       </c>
       <c r="B24" s="4">
         <v>23</v>
       </c>
       <c r="C24" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>59</v>
+        <v>20</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E24" s="12" t="s">
+        <v>436</v>
       </c>
       <c r="F24" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G24" s="10" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H24" s="10"/>
       <c r="I24" s="7"/>
     </row>
     <row r="25" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="9">
         <v>7</v>
       </c>
       <c r="B25" s="4">
         <v>24</v>
       </c>
       <c r="C25" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>20</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E25" s="12" t="s">
+        <v>437</v>
       </c>
       <c r="F25" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G25" s="10" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H25" s="10"/>
       <c r="I25" s="7"/>
     </row>
     <row r="26" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="9">
         <v>7</v>
       </c>
       <c r="B26" s="4">
         <v>25</v>
       </c>
       <c r="C26" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>20</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" s="12" t="s">
+        <v>438</v>
       </c>
       <c r="F26" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G26" s="10" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H26" s="10"/>
       <c r="I26" s="7"/>
     </row>
     <row r="27" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="9">
         <v>7</v>
       </c>
       <c r="B27" s="4">
         <v>26</v>
       </c>
       <c r="C27" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>20</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E27" s="12" t="s">
+        <v>439</v>
       </c>
       <c r="F27" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G27" s="10" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H27" s="10"/>
       <c r="I27" s="7"/>
     </row>
     <row r="28" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="9">
         <v>7</v>
       </c>
       <c r="B28" s="4">
         <v>27</v>
       </c>
       <c r="C28" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>63</v>
+        <v>20</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="E28" s="12" t="s">
+        <v>440</v>
       </c>
       <c r="F28" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G28" s="10" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H28" s="10"/>
       <c r="I28" s="7"/>
     </row>
     <row r="29" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="9">
         <v>7</v>
       </c>
       <c r="B29" s="4">
         <v>28</v>
       </c>
       <c r="C29" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>20</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E29" s="12" t="s">
+        <v>441</v>
       </c>
       <c r="F29" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G29" s="10" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H29" s="10"/>
       <c r="I29" s="7"/>
     </row>
     <row r="30" spans="1:9" s="8" customFormat="1" ht="55.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="9">
         <v>7</v>
       </c>
-      <c r="B30" s="28">
+      <c r="B30" s="27">
         <v>29</v>
       </c>
-      <c r="C30" s="29" t="s">
-[...3 lines deleted...]
-        <v>446</v>
+      <c r="C30" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" s="28" t="s">
+        <v>64</v>
       </c>
       <c r="E30" s="29" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="F30" s="29" t="s">
+        <v>442</v>
+      </c>
+      <c r="F30" s="28" t="s">
         <v>15</v>
       </c>
-      <c r="G30" s="29" t="s">
-[...4 lines deleted...]
-        <v>615</v>
+      <c r="G30" s="28" t="s">
+        <v>55</v>
+      </c>
+      <c r="H30" s="28"/>
+      <c r="I30" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="31" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="13">
         <v>7</v>
       </c>
       <c r="B31" s="4">
         <v>30</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="E31" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E31" s="12" t="s">
+        <v>443</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G31" s="5" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="H31" s="5"/>
       <c r="I31" s="7"/>
     </row>
     <row r="32" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="13">
         <v>7</v>
       </c>
       <c r="B32" s="4">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>20</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E32" s="12" t="s">
+        <v>444</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="I32" s="7"/>
     </row>
     <row r="33" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="9">
         <v>7</v>
       </c>
-      <c r="B33" s="28">
+      <c r="B33" s="27">
         <v>32</v>
       </c>
-      <c r="C33" s="29" t="s">
-[...8 lines deleted...]
-      <c r="F33" s="29" t="s">
+      <c r="C33" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" s="28" t="s">
+        <v>410</v>
+      </c>
+      <c r="E33" s="30" t="s">
+        <v>445</v>
+      </c>
+      <c r="F33" s="28" t="s">
         <v>15</v>
       </c>
-      <c r="G33" s="29" t="s">
-[...4 lines deleted...]
-        <v>615</v>
+      <c r="G33" s="28" t="s">
+        <v>69</v>
+      </c>
+      <c r="H33" s="26"/>
+      <c r="I33" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="34" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="9">
         <v>7</v>
       </c>
       <c r="B34" s="4">
         <v>33</v>
       </c>
       <c r="C34" s="10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="E34" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="F34" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G34" s="10" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="H34" s="10"/>
       <c r="I34" s="7"/>
     </row>
     <row r="35" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="9">
         <v>7</v>
       </c>
       <c r="B35" s="4">
         <v>34</v>
       </c>
       <c r="C35" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>416</v>
+        <v>20</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>412</v>
+      </c>
+      <c r="E35" s="12" t="s">
+        <v>447</v>
       </c>
       <c r="F35" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G35" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="H35" s="10" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="I35" s="7"/>
     </row>
     <row r="36" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="9">
         <v>7</v>
       </c>
       <c r="B36" s="4">
         <v>35</v>
       </c>
       <c r="C36" s="10" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>20</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E36" s="12" t="s">
+        <v>448</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G36" s="10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H36" s="10"/>
       <c r="I36" s="7"/>
     </row>
     <row r="37" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="9">
         <v>7</v>
       </c>
       <c r="B37" s="4">
         <v>36</v>
       </c>
       <c r="C37" s="10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="E37" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E37" s="12" t="s">
+        <v>449</v>
+      </c>
+      <c r="F37" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G37" s="10" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="H37" s="10"/>
       <c r="I37" s="7"/>
     </row>
     <row r="38" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="9">
         <v>9</v>
       </c>
       <c r="B38" s="4">
         <v>37</v>
       </c>
       <c r="C38" s="10" t="s">
+        <v>622</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E38" s="12" t="s">
+        <v>450</v>
+      </c>
+      <c r="F38" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="G38" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="D38" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="10" t="s">
+      <c r="H38" s="10" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
       <c r="I38" s="7"/>
     </row>
     <row r="39" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="9">
         <v>9</v>
       </c>
       <c r="B39" s="4">
         <v>38</v>
       </c>
       <c r="C39" s="10" t="s">
+        <v>622</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E39" s="12" t="s">
+        <v>451</v>
+      </c>
+      <c r="F39" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="G39" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="D39" s="12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H39" s="10" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="I39" s="7"/>
     </row>
     <row r="40" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="9">
         <v>9</v>
       </c>
       <c r="B40" s="4">
         <v>39</v>
       </c>
       <c r="C40" s="10" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>84</v>
+        <v>622</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E40" s="12" t="s">
+        <v>452</v>
       </c>
       <c r="F40" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G40" s="10" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="H40" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I40" s="7"/>
     </row>
     <row r="41" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="9">
         <v>9</v>
       </c>
       <c r="B41" s="4">
         <v>40</v>
       </c>
       <c r="C41" s="10" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>86</v>
+        <v>623</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>671</v>
+      </c>
+      <c r="E41" s="12" t="s">
+        <v>453</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G41" s="10" t="s">
-        <v>87</v>
+        <v>672</v>
       </c>
       <c r="H41" s="10" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="I41" s="7"/>
     </row>
     <row r="42" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="13">
         <v>10</v>
       </c>
       <c r="B42" s="4">
         <v>41</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-        <v>90</v>
+        <v>85</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>455</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G42" s="5" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="I42" s="7"/>
     </row>
     <row r="43" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="9">
         <v>11</v>
       </c>
       <c r="B43" s="4">
         <v>42</v>
       </c>
       <c r="C43" s="10" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>94</v>
+        <v>89</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="E43" s="12" t="s">
+        <v>456</v>
       </c>
       <c r="F43" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G43" s="10" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="H43" s="10" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="I43" s="7"/>
     </row>
     <row r="44" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="9">
         <v>11</v>
       </c>
       <c r="B44" s="4">
         <v>43</v>
       </c>
       <c r="C44" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D44" s="10" t="s">
         <v>93</v>
       </c>
-      <c r="D44" s="12" t="s">
-[...3 lines deleted...]
-        <v>97</v>
+      <c r="E44" s="12" t="s">
+        <v>457</v>
       </c>
       <c r="F44" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G44" s="10" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="H44" s="10" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="I44" s="7"/>
     </row>
     <row r="45" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="9">
         <v>11</v>
       </c>
       <c r="B45" s="4">
         <v>44</v>
       </c>
       <c r="C45" s="10" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>99</v>
+        <v>89</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>95</v>
+      </c>
+      <c r="E45" s="12" t="s">
+        <v>458</v>
       </c>
       <c r="F45" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G45" s="10" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H45" s="10" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="I45" s="7"/>
     </row>
     <row r="46" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="9">
         <v>11</v>
       </c>
       <c r="B46" s="4">
         <v>45</v>
       </c>
       <c r="C46" s="10" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>101</v>
+        <v>89</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E46" s="12" t="s">
+        <v>459</v>
       </c>
       <c r="F46" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G46" s="10" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H46" s="10" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="I46" s="7"/>
     </row>
     <row r="47" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="9">
         <v>11</v>
       </c>
       <c r="B47" s="4">
         <v>46</v>
       </c>
       <c r="C47" s="10" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>89</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="E47" s="12" t="s">
+        <v>460</v>
       </c>
       <c r="F47" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G47" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="H47" s="10" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="I47" s="7"/>
     </row>
     <row r="48" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="9">
         <v>11</v>
       </c>
       <c r="B48" s="4">
         <v>47</v>
       </c>
       <c r="C48" s="10" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>105</v>
+        <v>89</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="E48" s="12" t="s">
+        <v>461</v>
       </c>
       <c r="F48" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G48" s="10" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H48" s="10" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I48" s="7"/>
     </row>
     <row r="49" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="9">
         <v>11</v>
       </c>
       <c r="B49" s="4">
         <v>48</v>
       </c>
       <c r="C49" s="10" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>107</v>
+        <v>89</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="E49" s="12" t="s">
+        <v>462</v>
       </c>
       <c r="F49" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G49" s="10" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H49" s="10" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="I49" s="7"/>
     </row>
     <row r="50" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="9">
         <v>11</v>
       </c>
       <c r="B50" s="4">
         <v>49</v>
       </c>
       <c r="C50" s="10" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>109</v>
+        <v>89</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="E50" s="12" t="s">
+        <v>463</v>
       </c>
       <c r="F50" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G50" s="10" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H50" s="10" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="I50" s="7"/>
     </row>
     <row r="51" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="9">
         <v>11</v>
       </c>
       <c r="B51" s="4">
         <v>50</v>
       </c>
       <c r="C51" s="10" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>111</v>
+        <v>89</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="E51" s="12" t="s">
+        <v>464</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G51" s="10" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H51" s="10" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="I51" s="7"/>
     </row>
     <row r="52" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="9">
         <v>11</v>
       </c>
       <c r="B52" s="4">
         <v>51</v>
       </c>
       <c r="C52" s="10" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>113</v>
+        <v>89</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="E52" s="12" t="s">
+        <v>465</v>
       </c>
       <c r="F52" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G52" s="10" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="H52" s="10" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="I52" s="7"/>
     </row>
     <row r="53" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="9">
         <v>12</v>
       </c>
       <c r="B53" s="4">
         <v>52</v>
       </c>
       <c r="C53" s="10" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-        <v>117</v>
+        <v>112</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="E53" s="12" t="s">
+        <v>466</v>
       </c>
       <c r="F53" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G53" s="10" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="H53" s="10" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="I53" s="7"/>
     </row>
     <row r="54" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="13">
         <v>12</v>
       </c>
       <c r="B54" s="4">
         <v>53</v>
       </c>
       <c r="C54" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="D54" s="6" t="s">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="E54" s="6" t="s">
+        <v>467</v>
       </c>
       <c r="F54" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G54" s="5" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="I54" s="7"/>
     </row>
     <row r="55" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="13">
         <v>13</v>
       </c>
       <c r="B55" s="4">
         <v>54</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>124</v>
+        <v>119</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>468</v>
       </c>
       <c r="F55" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I55" s="7"/>
     </row>
     <row r="56" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="9">
         <v>13</v>
       </c>
       <c r="B56" s="4">
         <v>55</v>
       </c>
       <c r="C56" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="D56" s="10" t="s">
         <v>123</v>
       </c>
-      <c r="D56" s="6" t="s">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="E56" s="6" t="s">
+        <v>469</v>
       </c>
       <c r="F56" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G56" s="10" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="H56" s="10" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="I56" s="7"/>
     </row>
     <row r="57" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="9">
         <v>13</v>
       </c>
       <c r="B57" s="4">
         <v>56</v>
       </c>
       <c r="C57" s="10" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>130</v>
+        <v>119</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>470</v>
       </c>
       <c r="F57" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G57" s="10" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="H57" s="10" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="I57" s="7"/>
     </row>
     <row r="58" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="13">
         <v>13</v>
       </c>
       <c r="B58" s="4">
         <v>57</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>119</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="E58" s="12" t="s">
+        <v>471</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G58" s="5" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="I58" s="7"/>
     </row>
     <row r="59" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="13">
         <v>13</v>
       </c>
       <c r="B59" s="4">
         <v>58</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>135</v>
+        <v>119</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E59" s="12" t="s">
+        <v>472</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G59" s="5" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="I59" s="7"/>
     </row>
     <row r="60" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="9">
         <v>13</v>
       </c>
       <c r="B60" s="4">
         <v>59</v>
       </c>
       <c r="C60" s="10" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>138</v>
+        <v>119</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="E60" s="12" t="s">
+        <v>473</v>
       </c>
       <c r="F60" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G60" s="10" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="H60" s="10" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="I60" s="7"/>
     </row>
     <row r="61" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="9">
         <v>13</v>
       </c>
       <c r="B61" s="4">
         <v>60</v>
       </c>
       <c r="C61" s="10" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>140</v>
+        <v>119</v>
+      </c>
+      <c r="D61" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>474</v>
       </c>
       <c r="F61" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G61" s="10" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="H61" s="10" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="I61" s="7"/>
     </row>
     <row r="62" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="9">
         <v>13</v>
       </c>
       <c r="B62" s="4">
         <v>61</v>
       </c>
       <c r="C62" s="10" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>143</v>
+        <v>119</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>475</v>
       </c>
       <c r="F62" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G62" s="10" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="H62" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I62" s="7"/>
     </row>
     <row r="63" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="9">
         <v>13</v>
       </c>
-      <c r="B63" s="4">
+      <c r="B63" s="27">
         <v>62</v>
       </c>
-      <c r="C63" s="10" t="s">
-[...17 lines deleted...]
-      <c r="I63" s="7"/>
+      <c r="C63" s="28" t="s">
+        <v>119</v>
+      </c>
+      <c r="D63" s="28" t="s">
+        <v>141</v>
+      </c>
+      <c r="E63" s="29" t="s">
+        <v>476</v>
+      </c>
+      <c r="F63" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="G63" s="28" t="s">
+        <v>142</v>
+      </c>
+      <c r="H63" s="28" t="s">
+        <v>92</v>
+      </c>
+      <c r="I63" s="22" t="s">
+        <v>668</v>
+      </c>
     </row>
     <row r="64" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="9">
         <v>13</v>
       </c>
       <c r="B64" s="4">
         <v>63</v>
       </c>
       <c r="C64" s="10" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>147</v>
+        <v>119</v>
+      </c>
+      <c r="D64" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="E64" s="12" t="s">
+        <v>477</v>
       </c>
       <c r="F64" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="10" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="H64" s="10" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="I64" s="7"/>
     </row>
     <row r="65" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="9">
         <v>13</v>
       </c>
       <c r="B65" s="4">
         <v>64</v>
       </c>
       <c r="C65" s="10" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>149</v>
+        <v>119</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="E65" s="12" t="s">
+        <v>478</v>
       </c>
       <c r="F65" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G65" s="10" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="H65" s="10" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I65" s="7"/>
     </row>
     <row r="66" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="9">
         <v>13</v>
       </c>
       <c r="B66" s="4">
         <v>65</v>
       </c>
       <c r="C66" s="10" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>152</v>
+        <v>119</v>
+      </c>
+      <c r="D66" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="E66" s="12" t="s">
+        <v>479</v>
       </c>
       <c r="F66" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G66" s="10" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="H66" s="10" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="I66" s="7"/>
+        <v>150</v>
+      </c>
+      <c r="I66" s="7" t="s">
+        <v>673</v>
+      </c>
     </row>
     <row r="67" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="13">
         <v>13</v>
       </c>
       <c r="B67" s="4">
         <v>66</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>155</v>
+        <v>119</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="E67" s="12" t="s">
+        <v>480</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G67" s="5" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="H67" s="5" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="I67" s="7"/>
+        <v>152</v>
+      </c>
+      <c r="I67" s="7" t="s">
+        <v>673</v>
+      </c>
     </row>
     <row r="68" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="13">
         <v>13</v>
       </c>
       <c r="B68" s="4">
         <v>67</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>157</v>
+        <v>119</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E68" s="12" t="s">
+        <v>481</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G68" s="5" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="I68" s="7"/>
+        <v>154</v>
+      </c>
+      <c r="I68" s="7" t="s">
+        <v>673</v>
+      </c>
     </row>
     <row r="69" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="9">
         <v>13</v>
       </c>
       <c r="B69" s="4">
         <v>68</v>
       </c>
       <c r="C69" s="10" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>159</v>
+        <v>119</v>
+      </c>
+      <c r="D69" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="E69" s="12" t="s">
+        <v>482</v>
       </c>
       <c r="F69" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G69" s="10" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="H69" s="10" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="I69" s="7"/>
+        <v>156</v>
+      </c>
+      <c r="I69" s="7" t="s">
+        <v>673</v>
+      </c>
     </row>
     <row r="70" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="13">
         <v>14</v>
       </c>
-      <c r="B70" s="28">
+      <c r="B70" s="27">
         <v>69</v>
       </c>
-      <c r="C70" s="32" t="s">
-        <v>161</v>
+      <c r="C70" s="31" t="s">
+        <v>157</v>
       </c>
       <c r="D70" s="31" t="s">
-        <v>487</v>
-[...14 lines deleted...]
-        <v>615</v>
+        <v>158</v>
+      </c>
+      <c r="E70" s="30" t="s">
+        <v>483</v>
+      </c>
+      <c r="F70" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="G70" s="31" t="s">
+        <v>159</v>
+      </c>
+      <c r="H70" s="31" t="s">
+        <v>454</v>
+      </c>
+      <c r="I70" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="71" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="9">
         <v>14</v>
       </c>
-      <c r="B71" s="28">
+      <c r="B71" s="27">
         <v>70</v>
       </c>
-      <c r="C71" s="29" t="s">
+      <c r="C71" s="28" t="s">
+        <v>157</v>
+      </c>
+      <c r="D71" s="28" t="s">
         <v>161</v>
       </c>
-      <c r="D71" s="30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="29" t="s">
-        <v>165</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>484</v>
+      </c>
+      <c r="F71" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="G71" s="28" t="s">
+        <v>162</v>
+      </c>
+      <c r="H71" s="28" t="s">
+        <v>160</v>
+      </c>
+      <c r="I71" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="72" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="9">
         <v>14</v>
       </c>
       <c r="B72" s="4">
         <v>71</v>
       </c>
       <c r="C72" s="10" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>167</v>
+        <v>157</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="E72" s="12" t="s">
+        <v>485</v>
       </c>
       <c r="F72" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G72" s="10" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="H72" s="10" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="I72" s="7"/>
     </row>
     <row r="73" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="13">
         <v>14</v>
       </c>
       <c r="B73" s="4">
         <v>72</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>170</v>
+        <v>157</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>486</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G73" s="5" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="I73" s="7"/>
     </row>
     <row r="74" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="9">
         <v>14</v>
       </c>
       <c r="B74" s="4">
         <v>73</v>
       </c>
       <c r="C74" s="10" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>173</v>
+        <v>157</v>
+      </c>
+      <c r="D74" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>487</v>
       </c>
       <c r="F74" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G74" s="10" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="H74" s="10" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="I74" s="7"/>
     </row>
     <row r="75" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="9">
         <v>14</v>
       </c>
       <c r="B75" s="4">
         <v>74</v>
       </c>
       <c r="C75" s="10" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>176</v>
+        <v>157</v>
+      </c>
+      <c r="D75" s="10" t="s">
+        <v>172</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>488</v>
       </c>
       <c r="F75" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G75" s="10" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="H75" s="10" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="I75" s="7"/>
     </row>
     <row r="76" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="13">
         <v>14</v>
       </c>
       <c r="B76" s="4">
         <v>75</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>177</v>
+        <v>157</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>489</v>
       </c>
       <c r="F76" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G76" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="H76" s="5" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="I76" s="7"/>
     </row>
     <row r="77" spans="1:9" s="15" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="13">
         <v>14</v>
       </c>
       <c r="B77" s="4">
         <v>76</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>179</v>
+        <v>157</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>490</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G77" s="5" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="I77" s="14"/>
     </row>
     <row r="78" spans="1:9" s="15" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="13">
         <v>14</v>
       </c>
       <c r="B78" s="4">
         <v>77</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>182</v>
+        <v>157</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E78" s="12" t="s">
+        <v>491</v>
       </c>
       <c r="F78" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G78" s="5" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="I78" s="14"/>
     </row>
     <row r="79" spans="1:9" s="15" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="13">
         <v>14</v>
       </c>
       <c r="B79" s="4">
         <v>78</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>157</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="E79" s="12" t="s">
+        <v>492</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G79" s="5" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="I79" s="14"/>
     </row>
     <row r="80" spans="1:9" s="15" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="13">
         <v>14</v>
       </c>
       <c r="B80" s="4">
         <v>79</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>188</v>
+        <v>157</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>493</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I80" s="14"/>
     </row>
     <row r="81" spans="1:9" s="15" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="9">
         <v>14</v>
       </c>
       <c r="B81" s="4">
         <v>80</v>
       </c>
       <c r="C81" s="10" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>191</v>
+        <v>157</v>
+      </c>
+      <c r="D81" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="E81" s="12" t="s">
+        <v>494</v>
       </c>
       <c r="F81" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G81" s="10" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="H81" s="10" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="I81" s="14"/>
     </row>
     <row r="82" spans="1:9" s="15" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="9">
         <v>14</v>
       </c>
       <c r="B82" s="4">
         <v>81</v>
       </c>
       <c r="C82" s="10" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>193</v>
+        <v>157</v>
+      </c>
+      <c r="D82" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>495</v>
       </c>
       <c r="F82" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="10" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="H82" s="10" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="I82" s="14"/>
     </row>
     <row r="83" spans="1:9" s="15" customFormat="1" ht="80.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="34">
+      <c r="A83" s="33">
         <v>14</v>
       </c>
-      <c r="B83" s="28">
+      <c r="B83" s="27">
         <v>82</v>
       </c>
-      <c r="C83" s="32" t="s">
-[...8 lines deleted...]
-      <c r="F83" s="32" t="s">
+      <c r="C83" s="31" t="s">
+        <v>157</v>
+      </c>
+      <c r="D83" s="31" t="s">
+        <v>615</v>
+      </c>
+      <c r="E83" s="29" t="s">
+        <v>616</v>
+      </c>
+      <c r="F83" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="G83" s="32" t="s">
-[...6 lines deleted...]
-        <v>615</v>
+      <c r="G83" s="31" t="s">
+        <v>617</v>
+      </c>
+      <c r="H83" s="31" t="s">
+        <v>618</v>
+      </c>
+      <c r="I83" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="84" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="9">
         <v>15</v>
       </c>
       <c r="B84" s="4">
         <v>83</v>
       </c>
       <c r="C84" s="10" t="s">
-        <v>196</v>
-[...5 lines deleted...]
-        <v>197</v>
+        <v>192</v>
+      </c>
+      <c r="D84" s="10" t="s">
+        <v>193</v>
+      </c>
+      <c r="E84" s="12" t="s">
+        <v>496</v>
       </c>
       <c r="F84" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G84" s="10" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="H84" s="10" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="I84" s="7"/>
     </row>
     <row r="85" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="13">
         <v>19</v>
       </c>
       <c r="B85" s="4">
         <v>84</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>201</v>
+        <v>196</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>497</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="I85" s="7"/>
     </row>
     <row r="86" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="13">
         <v>19</v>
       </c>
       <c r="B86" s="4">
         <v>85</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="D86" s="6" t="s">
-[...3 lines deleted...]
-        <v>204</v>
+      <c r="E86" s="6" t="s">
+        <v>498</v>
       </c>
       <c r="F86" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H86" s="5"/>
       <c r="I86" s="7"/>
     </row>
     <row r="87" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="13">
         <v>19</v>
       </c>
       <c r="B87" s="4">
         <v>86</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>206</v>
+        <v>196</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>499</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G87" s="5" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="I87" s="7"/>
     </row>
     <row r="88" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="13">
         <v>19</v>
       </c>
       <c r="B88" s="4">
         <v>87</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>209</v>
+        <v>196</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>500</v>
       </c>
       <c r="F88" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G88" s="5" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="I88" s="7"/>
     </row>
     <row r="89" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="9">
         <v>19</v>
       </c>
       <c r="B89" s="4">
         <v>88</v>
       </c>
       <c r="C89" s="10" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>211</v>
+        <v>196</v>
+      </c>
+      <c r="D89" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="E89" s="12" t="s">
+        <v>501</v>
       </c>
       <c r="F89" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G89" s="10" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="H89" s="10" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="7"/>
     </row>
     <row r="90" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="9">
         <v>20</v>
       </c>
       <c r="B90" s="4">
         <v>89</v>
       </c>
       <c r="C90" s="10" t="s">
-        <v>213</v>
-[...5 lines deleted...]
-        <v>214</v>
+        <v>209</v>
+      </c>
+      <c r="D90" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="E90" s="12" t="s">
+        <v>502</v>
       </c>
       <c r="F90" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G90" s="10" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="H90" s="10" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="I90" s="7"/>
     </row>
     <row r="91" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="9">
         <v>20</v>
       </c>
       <c r="B91" s="4">
         <v>90</v>
       </c>
       <c r="C91" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="D91" s="10" t="s">
         <v>213</v>
       </c>
-      <c r="D91" s="12" t="s">
-[...3 lines deleted...]
-        <v>217</v>
+      <c r="E91" s="12" t="s">
+        <v>503</v>
       </c>
       <c r="F91" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="10" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="H91" s="10" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="I91" s="7"/>
     </row>
     <row r="92" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="9">
         <v>21</v>
       </c>
-      <c r="B92" s="28">
+      <c r="B92" s="27">
         <v>91</v>
       </c>
-      <c r="C92" s="29" t="s">
-[...3 lines deleted...]
-        <v>508</v>
+      <c r="C92" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D92" s="28" t="s">
+        <v>217</v>
       </c>
       <c r="E92" s="29" t="s">
-        <v>221</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>504</v>
+      </c>
+      <c r="F92" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G92" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="H92" s="28" t="s">
+        <v>219</v>
+      </c>
+      <c r="I92" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="93" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="9">
         <v>21</v>
       </c>
-      <c r="B93" s="28">
+      <c r="B93" s="27">
         <v>92</v>
       </c>
-      <c r="C93" s="29" t="s">
+      <c r="C93" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D93" s="28" t="s">
+        <v>505</v>
+      </c>
+      <c r="E93" s="29" t="s">
+        <v>513</v>
+      </c>
+      <c r="F93" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G93" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="H93" s="28" t="s">
         <v>220</v>
       </c>
-      <c r="D93" s="30" t="s">
-[...15 lines deleted...]
-        <v>615</v>
+      <c r="I93" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="94" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="9">
         <v>21</v>
       </c>
-      <c r="B94" s="28">
+      <c r="B94" s="27">
         <v>93</v>
       </c>
-      <c r="C94" s="29" t="s">
-[...3 lines deleted...]
-        <v>519</v>
+      <c r="C94" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D94" s="28" t="s">
+        <v>506</v>
       </c>
       <c r="E94" s="29" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="F94" s="29" t="s">
+        <v>514</v>
+      </c>
+      <c r="F94" s="28" t="s">
         <v>15</v>
       </c>
-      <c r="G94" s="29" t="s">
-[...6 lines deleted...]
-        <v>615</v>
+      <c r="G94" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="H94" s="28" t="s">
+        <v>221</v>
+      </c>
+      <c r="I94" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="95" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="9">
         <v>21</v>
       </c>
-      <c r="B95" s="28">
+      <c r="B95" s="27">
         <v>94</v>
       </c>
-      <c r="C95" s="29" t="s">
-[...3 lines deleted...]
-        <v>520</v>
+      <c r="C95" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D95" s="28" t="s">
+        <v>395</v>
       </c>
       <c r="E95" s="29" t="s">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="F95" s="29" t="s">
+        <v>515</v>
+      </c>
+      <c r="F95" s="28" t="s">
         <v>15</v>
       </c>
-      <c r="G95" s="29" t="s">
+      <c r="G95" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="H95" s="28" t="s">
         <v>222</v>
       </c>
-      <c r="H95" s="29" t="s">
-[...3 lines deleted...]
-        <v>615</v>
+      <c r="I95" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="96" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="9">
         <v>21</v>
       </c>
-      <c r="B96" s="28">
+      <c r="B96" s="27">
         <v>95</v>
       </c>
-      <c r="C96" s="29" t="s">
-[...3 lines deleted...]
-        <v>521</v>
+      <c r="C96" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D96" s="28" t="s">
+        <v>402</v>
       </c>
       <c r="E96" s="29" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="F96" s="29" t="s">
+        <v>516</v>
+      </c>
+      <c r="F96" s="28" t="s">
         <v>15</v>
       </c>
-      <c r="G96" s="29" t="s">
-[...6 lines deleted...]
-        <v>615</v>
+      <c r="G96" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="H96" s="28" t="s">
+        <v>223</v>
+      </c>
+      <c r="I96" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="97" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="9">
         <v>21</v>
       </c>
-      <c r="B97" s="28">
+      <c r="B97" s="27">
         <v>96</v>
       </c>
-      <c r="C97" s="29" t="s">
-[...3 lines deleted...]
-        <v>522</v>
+      <c r="C97" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D97" s="28" t="s">
+        <v>398</v>
       </c>
       <c r="E97" s="29" t="s">
-        <v>402</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>517</v>
+      </c>
+      <c r="F97" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G97" s="28" t="s">
+        <v>399</v>
+      </c>
+      <c r="H97" s="28" t="s">
+        <v>400</v>
+      </c>
+      <c r="I97" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="98" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="9">
         <v>21</v>
       </c>
-      <c r="B98" s="28">
+      <c r="B98" s="27">
         <v>97</v>
       </c>
-      <c r="C98" s="29" t="s">
-[...3 lines deleted...]
-        <v>523</v>
+      <c r="C98" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D98" s="28" t="s">
+        <v>406</v>
       </c>
       <c r="E98" s="29" t="s">
-        <v>410</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>518</v>
+      </c>
+      <c r="F98" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G98" s="28" t="s">
+        <v>405</v>
+      </c>
+      <c r="H98" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="I98" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="99" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="9">
         <v>21</v>
       </c>
-      <c r="B99" s="28">
+      <c r="B99" s="27">
         <v>98</v>
       </c>
-      <c r="C99" s="29" t="s">
-[...3 lines deleted...]
-        <v>524</v>
+      <c r="C99" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D99" s="28" t="s">
+        <v>403</v>
       </c>
       <c r="E99" s="29" t="s">
-        <v>407</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>519</v>
+      </c>
+      <c r="F99" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G99" s="28" t="s">
+        <v>224</v>
+      </c>
+      <c r="H99" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="I99" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="100" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="9">
         <v>21</v>
       </c>
-      <c r="B100" s="28">
+      <c r="B100" s="27">
         <v>99</v>
       </c>
-      <c r="C100" s="29" t="s">
-[...3 lines deleted...]
-        <v>525</v>
+      <c r="C100" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D100" s="28" t="s">
+        <v>404</v>
       </c>
       <c r="E100" s="29" t="s">
-        <v>408</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>520</v>
+      </c>
+      <c r="F100" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G100" s="28" t="s">
+        <v>407</v>
+      </c>
+      <c r="H100" s="28" t="s">
+        <v>84</v>
+      </c>
+      <c r="I100" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="101" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="9">
         <v>21</v>
       </c>
-      <c r="B101" s="28">
+      <c r="B101" s="27">
         <v>100</v>
       </c>
-      <c r="C101" s="29" t="s">
-[...3 lines deleted...]
-        <v>526</v>
+      <c r="C101" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D101" s="28" t="s">
+        <v>225</v>
       </c>
       <c r="E101" s="29" t="s">
-        <v>229</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>521</v>
+      </c>
+      <c r="F101" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G101" s="28" t="s">
+        <v>224</v>
+      </c>
+      <c r="H101" s="28" t="s">
+        <v>226</v>
+      </c>
+      <c r="I101" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="102" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="9">
         <v>21</v>
       </c>
-      <c r="B102" s="28">
+      <c r="B102" s="27">
         <v>101</v>
       </c>
-      <c r="C102" s="29" t="s">
-[...3 lines deleted...]
-        <v>527</v>
+      <c r="C102" s="28" t="s">
+        <v>411</v>
+      </c>
+      <c r="D102" s="28" t="s">
+        <v>401</v>
       </c>
       <c r="E102" s="29" t="s">
-        <v>405</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>522</v>
+      </c>
+      <c r="F102" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G102" s="28" t="s">
+        <v>224</v>
+      </c>
+      <c r="H102" s="28" t="s">
+        <v>227</v>
+      </c>
+      <c r="I102" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="103" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="9">
         <v>21</v>
       </c>
-      <c r="B103" s="28">
+      <c r="B103" s="27">
         <v>102</v>
       </c>
-      <c r="C103" s="29" t="s">
-[...3 lines deleted...]
-        <v>528</v>
+      <c r="C103" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D103" s="28" t="s">
+        <v>228</v>
       </c>
       <c r="E103" s="29" t="s">
-        <v>232</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>523</v>
+      </c>
+      <c r="F103" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G103" s="28" t="s">
+        <v>76</v>
+      </c>
+      <c r="H103" s="28" t="s">
+        <v>171</v>
+      </c>
+      <c r="I103" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="104" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="9">
         <v>21</v>
       </c>
-      <c r="B104" s="28">
+      <c r="B104" s="27">
         <v>103</v>
       </c>
-      <c r="C104" s="29" t="s">
-[...3 lines deleted...]
-        <v>529</v>
+      <c r="C104" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D104" s="28" t="s">
+        <v>229</v>
       </c>
       <c r="E104" s="29" t="s">
-        <v>233</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>524</v>
+      </c>
+      <c r="F104" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G104" s="28" t="s">
+        <v>76</v>
+      </c>
+      <c r="H104" s="28" t="s">
+        <v>160</v>
+      </c>
+      <c r="I104" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="105" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="9">
         <v>21</v>
       </c>
-      <c r="B105" s="28">
+      <c r="B105" s="27">
         <v>104</v>
       </c>
-      <c r="C105" s="29" t="s">
-[...3 lines deleted...]
-        <v>530</v>
+      <c r="C105" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D105" s="28" t="s">
+        <v>230</v>
       </c>
       <c r="E105" s="29" t="s">
-        <v>234</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>525</v>
+      </c>
+      <c r="F105" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G105" s="28" t="s">
+        <v>110</v>
+      </c>
+      <c r="H105" s="28" t="s">
+        <v>171</v>
+      </c>
+      <c r="I105" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="106" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="9">
         <v>21</v>
       </c>
-      <c r="B106" s="28">
+      <c r="B106" s="27">
         <v>105</v>
       </c>
-      <c r="C106" s="29" t="s">
-[...3 lines deleted...]
-        <v>531</v>
+      <c r="C106" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="D106" s="28" t="s">
+        <v>231</v>
       </c>
       <c r="E106" s="29" t="s">
-        <v>235</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>526</v>
+      </c>
+      <c r="F106" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G106" s="28" t="s">
+        <v>232</v>
+      </c>
+      <c r="H106" s="28" t="s">
+        <v>171</v>
+      </c>
+      <c r="I106" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="107" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="9">
         <v>21</v>
       </c>
-      <c r="B107" s="28">
+      <c r="B107" s="27">
         <v>106</v>
       </c>
-      <c r="C107" s="29" t="s">
-[...3 lines deleted...]
-        <v>532</v>
+      <c r="C107" s="28" t="s">
+        <v>411</v>
+      </c>
+      <c r="D107" s="28" t="s">
+        <v>408</v>
       </c>
       <c r="E107" s="29" t="s">
-        <v>412</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>527</v>
+      </c>
+      <c r="F107" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G107" s="28" t="s">
+        <v>233</v>
+      </c>
+      <c r="H107" s="28" t="s">
+        <v>171</v>
+      </c>
+      <c r="I107" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="108" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="9">
         <v>22</v>
       </c>
       <c r="B108" s="4">
         <v>107</v>
       </c>
       <c r="C108" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>533</v>
+        <v>234</v>
+      </c>
+      <c r="D108" s="10" t="s">
+        <v>528</v>
+      </c>
+      <c r="E108" s="12" t="s">
+        <v>529</v>
       </c>
       <c r="F108" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G108" s="10" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="H108" s="10" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="I108" s="7"/>
     </row>
     <row r="109" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="9">
         <v>22</v>
       </c>
       <c r="B109" s="4">
         <v>108</v>
       </c>
       <c r="C109" s="10" t="s">
+        <v>234</v>
+      </c>
+      <c r="D109" s="10" t="s">
+        <v>237</v>
+      </c>
+      <c r="E109" s="12" t="s">
+        <v>530</v>
+      </c>
+      <c r="F109" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="G109" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="H109" s="10" t="s">
         <v>238</v>
-      </c>
-[...13 lines deleted...]
-        <v>242</v>
       </c>
       <c r="I109" s="7"/>
     </row>
     <row r="110" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="9">
         <v>22</v>
       </c>
       <c r="B110" s="4">
         <v>109</v>
       </c>
       <c r="C110" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>243</v>
+        <v>234</v>
+      </c>
+      <c r="D110" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="E110" s="12" t="s">
+        <v>531</v>
       </c>
       <c r="F110" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G110" s="10" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="H110" s="10" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="I110" s="7"/>
     </row>
     <row r="111" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="9">
         <v>22</v>
       </c>
       <c r="B111" s="4">
         <v>110</v>
       </c>
       <c r="C111" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>246</v>
+        <v>234</v>
+      </c>
+      <c r="D111" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="E111" s="12" t="s">
+        <v>532</v>
       </c>
       <c r="F111" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G111" s="10" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="H111" s="10" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="I111" s="7"/>
     </row>
     <row r="112" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="9">
         <v>22</v>
       </c>
       <c r="B112" s="4">
         <v>111</v>
       </c>
       <c r="C112" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>249</v>
+        <v>234</v>
+      </c>
+      <c r="D112" s="10" t="s">
+        <v>245</v>
+      </c>
+      <c r="E112" s="12" t="s">
+        <v>533</v>
       </c>
       <c r="F112" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G112" s="10" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="H112" s="10" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="I112" s="7"/>
     </row>
     <row r="113" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="9">
         <v>22</v>
       </c>
       <c r="B113" s="4">
         <v>112</v>
       </c>
       <c r="C113" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>252</v>
+        <v>234</v>
+      </c>
+      <c r="D113" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="E113" s="12" t="s">
+        <v>534</v>
       </c>
       <c r="F113" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G113" s="10" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="H113" s="10" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="I113" s="7"/>
     </row>
     <row r="114" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="9">
         <v>22</v>
       </c>
       <c r="B114" s="4">
         <v>113</v>
       </c>
       <c r="C114" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>254</v>
+        <v>234</v>
+      </c>
+      <c r="D114" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="E114" s="12" t="s">
+        <v>535</v>
       </c>
       <c r="F114" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G114" s="10" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="H114" s="10" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="I114" s="7"/>
     </row>
     <row r="115" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="9">
         <v>22</v>
       </c>
       <c r="B115" s="4">
         <v>114</v>
       </c>
       <c r="C115" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>255</v>
+        <v>234</v>
+      </c>
+      <c r="D115" s="10" t="s">
+        <v>251</v>
+      </c>
+      <c r="E115" s="12" t="s">
+        <v>536</v>
       </c>
       <c r="F115" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G115" s="10" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="H115" s="10" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="I115" s="7"/>
     </row>
     <row r="116" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="9">
         <v>22</v>
       </c>
       <c r="B116" s="4">
         <v>115</v>
       </c>
       <c r="C116" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>257</v>
+        <v>234</v>
+      </c>
+      <c r="D116" s="10" t="s">
+        <v>253</v>
+      </c>
+      <c r="E116" s="12" t="s">
+        <v>537</v>
       </c>
       <c r="F116" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G116" s="10" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="H116" s="10" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="I116" s="7"/>
     </row>
     <row r="117" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="9">
         <v>22</v>
       </c>
       <c r="B117" s="4">
         <v>116</v>
       </c>
       <c r="C117" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>259</v>
+        <v>234</v>
+      </c>
+      <c r="D117" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="E117" s="12" t="s">
+        <v>538</v>
       </c>
       <c r="F117" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G117" s="10" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="H117" s="10" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="I117" s="7"/>
     </row>
     <row r="118" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="9">
         <v>22</v>
       </c>
       <c r="B118" s="4">
         <v>117</v>
       </c>
       <c r="C118" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>262</v>
+        <v>234</v>
+      </c>
+      <c r="D118" s="10" t="s">
+        <v>258</v>
+      </c>
+      <c r="E118" s="12" t="s">
+        <v>539</v>
       </c>
       <c r="F118" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G118" s="10" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="H118" s="10" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="I118" s="7"/>
     </row>
     <row r="119" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="9">
         <v>22</v>
       </c>
       <c r="B119" s="4">
         <v>118</v>
       </c>
       <c r="C119" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>264</v>
+        <v>234</v>
+      </c>
+      <c r="D119" s="10" t="s">
+        <v>260</v>
+      </c>
+      <c r="E119" s="12" t="s">
+        <v>540</v>
       </c>
       <c r="F119" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G119" s="10" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="H119" s="10" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="I119" s="7"/>
     </row>
     <row r="120" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="9">
         <v>22</v>
       </c>
       <c r="B120" s="4">
         <v>119</v>
       </c>
       <c r="C120" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>267</v>
+        <v>234</v>
+      </c>
+      <c r="D120" s="10" t="s">
+        <v>263</v>
+      </c>
+      <c r="E120" s="12" t="s">
+        <v>541</v>
       </c>
       <c r="F120" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G120" s="10" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="H120" s="10" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="I120" s="7"/>
     </row>
     <row r="121" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="9">
         <v>22</v>
       </c>
       <c r="B121" s="4">
         <v>120</v>
       </c>
       <c r="C121" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>270</v>
+        <v>234</v>
+      </c>
+      <c r="D121" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="E121" s="12" t="s">
+        <v>542</v>
       </c>
       <c r="F121" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G121" s="10" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="H121" s="10" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="I121" s="7"/>
     </row>
     <row r="122" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="9">
         <v>22</v>
       </c>
       <c r="B122" s="4">
         <v>121</v>
       </c>
       <c r="C122" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>272</v>
+        <v>234</v>
+      </c>
+      <c r="D122" s="10" t="s">
+        <v>268</v>
+      </c>
+      <c r="E122" s="12" t="s">
+        <v>543</v>
       </c>
       <c r="F122" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G122" s="10" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="H122" s="10" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="I122" s="7"/>
     </row>
     <row r="123" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="9">
         <v>22</v>
       </c>
       <c r="B123" s="4">
         <v>122</v>
       </c>
       <c r="C123" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>274</v>
+        <v>234</v>
+      </c>
+      <c r="D123" s="10" t="s">
+        <v>270</v>
+      </c>
+      <c r="E123" s="12" t="s">
+        <v>544</v>
       </c>
       <c r="F123" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G123" s="10" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="H123" s="10" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="I123" s="7"/>
     </row>
     <row r="124" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="9">
         <v>22</v>
       </c>
       <c r="B124" s="4">
         <v>123</v>
       </c>
       <c r="C124" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>276</v>
+        <v>234</v>
+      </c>
+      <c r="D124" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="E124" s="12" t="s">
+        <v>545</v>
       </c>
       <c r="F124" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G124" s="10" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="H124" s="10" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="I124" s="7"/>
+        <v>274</v>
+      </c>
+      <c r="I124" s="7" t="s">
+        <v>673</v>
+      </c>
     </row>
     <row r="125" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="9">
         <v>22</v>
       </c>
       <c r="B125" s="4">
         <v>124</v>
       </c>
       <c r="C125" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>279</v>
+        <v>234</v>
+      </c>
+      <c r="D125" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="E125" s="12" t="s">
+        <v>546</v>
       </c>
       <c r="F125" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G125" s="10" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="H125" s="10" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="I125" s="7"/>
     </row>
     <row r="126" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="9">
         <v>22</v>
       </c>
       <c r="B126" s="4">
         <v>125</v>
       </c>
       <c r="C126" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>282</v>
+        <v>234</v>
+      </c>
+      <c r="D126" s="10" t="s">
+        <v>278</v>
+      </c>
+      <c r="E126" s="12" t="s">
+        <v>547</v>
       </c>
       <c r="F126" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="10" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="H126" s="10" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="I126" s="7"/>
     </row>
     <row r="127" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="9">
         <v>22</v>
       </c>
       <c r="B127" s="4">
         <v>126</v>
       </c>
       <c r="C127" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>284</v>
+        <v>234</v>
+      </c>
+      <c r="D127" s="10" t="s">
+        <v>280</v>
+      </c>
+      <c r="E127" s="12" t="s">
+        <v>548</v>
       </c>
       <c r="F127" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G127" s="10" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="H127" s="10" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="I127" s="7"/>
     </row>
     <row r="128" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="9">
         <v>22</v>
       </c>
       <c r="B128" s="4">
         <v>127</v>
       </c>
       <c r="C128" s="10" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>286</v>
+        <v>234</v>
+      </c>
+      <c r="D128" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="E128" s="12" t="s">
+        <v>549</v>
       </c>
       <c r="F128" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G128" s="10" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="H128" s="10" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="I128" s="7"/>
     </row>
     <row r="129" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="9">
         <v>23</v>
       </c>
       <c r="B129" s="4">
         <v>128</v>
       </c>
       <c r="C129" s="10" t="s">
-        <v>287</v>
-[...5 lines deleted...]
-        <v>288</v>
+        <v>283</v>
+      </c>
+      <c r="D129" s="10" t="s">
+        <v>284</v>
+      </c>
+      <c r="E129" s="12" t="s">
+        <v>550</v>
       </c>
       <c r="F129" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G129" s="10" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="H129" s="10" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="I129" s="7"/>
     </row>
     <row r="130" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="9">
         <v>23</v>
       </c>
       <c r="B130" s="4">
         <v>129</v>
       </c>
       <c r="C130" s="10" t="s">
-        <v>287</v>
-[...5 lines deleted...]
-        <v>290</v>
+        <v>283</v>
+      </c>
+      <c r="D130" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="E130" s="12" t="s">
+        <v>551</v>
       </c>
       <c r="F130" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G130" s="10" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="H130" s="10" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="I130" s="7"/>
     </row>
     <row r="131" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A131" s="9">
         <v>24</v>
       </c>
       <c r="B131" s="4">
         <v>130</v>
       </c>
       <c r="C131" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>294</v>
+        <v>289</v>
+      </c>
+      <c r="D131" s="10" t="s">
+        <v>290</v>
+      </c>
+      <c r="E131" s="12" t="s">
+        <v>552</v>
       </c>
       <c r="F131" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G131" s="10" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="H131" s="10"/>
       <c r="I131" s="7"/>
     </row>
     <row r="132" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="9">
         <v>24</v>
       </c>
       <c r="B132" s="4">
         <v>131</v>
       </c>
       <c r="C132" s="10" t="s">
+        <v>289</v>
+      </c>
+      <c r="D132" s="10" t="s">
+        <v>292</v>
+      </c>
+      <c r="E132" s="12" t="s">
+        <v>553</v>
+      </c>
+      <c r="F132" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G132" s="10" t="s">
         <v>293</v>
       </c>
-      <c r="D132" s="12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H132" s="10" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="I132" s="7"/>
     </row>
     <row r="133" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="9">
         <v>24</v>
       </c>
       <c r="B133" s="4">
         <v>132</v>
       </c>
       <c r="C133" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>298</v>
+        <v>289</v>
+      </c>
+      <c r="D133" s="10" t="s">
+        <v>294</v>
+      </c>
+      <c r="E133" s="12" t="s">
+        <v>554</v>
       </c>
       <c r="F133" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G133" s="10" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="H133" s="10" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="I133" s="7"/>
     </row>
     <row r="134" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="9">
         <v>24</v>
       </c>
       <c r="B134" s="4">
         <v>133</v>
       </c>
       <c r="C134" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>301</v>
+        <v>289</v>
+      </c>
+      <c r="D134" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="E134" s="12" t="s">
+        <v>555</v>
       </c>
       <c r="F134" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G134" s="10" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="H134" s="10" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="I134" s="7"/>
     </row>
     <row r="135" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="9">
         <v>24</v>
       </c>
       <c r="B135" s="4">
         <v>134</v>
       </c>
       <c r="C135" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>302</v>
+        <v>289</v>
+      </c>
+      <c r="D135" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="E135" s="12" t="s">
+        <v>556</v>
       </c>
       <c r="F135" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G135" s="10" t="s">
+        <v>295</v>
+      </c>
+      <c r="H135" s="10" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="I135" s="7"/>
     </row>
     <row r="136" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="9">
         <v>24</v>
       </c>
       <c r="B136" s="4">
         <v>135</v>
       </c>
       <c r="C136" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>304</v>
+        <v>289</v>
+      </c>
+      <c r="D136" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="E136" s="12" t="s">
+        <v>557</v>
       </c>
       <c r="F136" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G136" s="10" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="H136" s="10"/>
       <c r="I136" s="7"/>
     </row>
     <row r="137" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="9">
         <v>24</v>
       </c>
       <c r="B137" s="4">
         <v>136</v>
       </c>
       <c r="C137" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>289</v>
+      </c>
+      <c r="D137" s="10" t="s">
+        <v>302</v>
+      </c>
+      <c r="E137" s="12" t="s">
+        <v>558</v>
       </c>
       <c r="F137" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="10" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="H137" s="10"/>
       <c r="I137" s="7"/>
     </row>
     <row r="138" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="9">
         <v>24</v>
       </c>
-      <c r="B138" s="28">
+      <c r="B138" s="27">
         <v>137</v>
       </c>
-      <c r="C138" s="29" t="s">
-[...3 lines deleted...]
-        <v>564</v>
+      <c r="C138" s="28" t="s">
+        <v>289</v>
+      </c>
+      <c r="D138" s="28" t="s">
+        <v>303</v>
       </c>
       <c r="E138" s="29" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="F138" s="29" t="s">
+        <v>559</v>
+      </c>
+      <c r="F138" s="28" t="s">
         <v>15</v>
       </c>
-      <c r="G138" s="29" t="s">
-[...2 lines deleted...]
-      <c r="H138" s="29" t="s">
+      <c r="G138" s="28" t="s">
+        <v>295</v>
+      </c>
+      <c r="H138" s="28" t="s">
         <v>19</v>
       </c>
-      <c r="I138" s="23" t="s">
-        <v>615</v>
+      <c r="I138" s="22" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="139" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="9">
         <v>24</v>
       </c>
       <c r="B139" s="4">
         <v>138</v>
       </c>
       <c r="C139" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>308</v>
+        <v>289</v>
+      </c>
+      <c r="D139" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="E139" s="12" t="s">
+        <v>560</v>
       </c>
       <c r="F139" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G139" s="10" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="H139" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I139" s="7"/>
     </row>
     <row r="140" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="9">
         <v>24</v>
       </c>
       <c r="B140" s="4">
         <v>139</v>
       </c>
       <c r="C140" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>309</v>
+        <v>289</v>
+      </c>
+      <c r="D140" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="E140" s="12" t="s">
+        <v>561</v>
       </c>
       <c r="F140" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G140" s="10" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="H140" s="10" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="I140" s="7"/>
     </row>
     <row r="141" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="9">
         <v>24</v>
       </c>
       <c r="B141" s="4">
         <v>140</v>
       </c>
       <c r="C141" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>311</v>
+        <v>289</v>
+      </c>
+      <c r="D141" s="10" t="s">
+        <v>307</v>
+      </c>
+      <c r="E141" s="12" t="s">
+        <v>562</v>
       </c>
       <c r="F141" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G141" s="10" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="H141" s="10" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="I141" s="7"/>
     </row>
     <row r="142" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="9">
         <v>24</v>
       </c>
       <c r="B142" s="4">
         <v>141</v>
       </c>
       <c r="C142" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>312</v>
+        <v>289</v>
+      </c>
+      <c r="D142" s="10" t="s">
+        <v>308</v>
+      </c>
+      <c r="E142" s="12" t="s">
+        <v>563</v>
       </c>
       <c r="F142" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G142" s="10" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="H142" s="10" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="I142" s="7"/>
     </row>
     <row r="143" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A143" s="9">
         <v>24</v>
       </c>
-      <c r="B143" s="28">
+      <c r="B143" s="27">
         <v>142</v>
       </c>
-      <c r="C143" s="29" t="s">
-[...3 lines deleted...]
-        <v>569</v>
+      <c r="C143" s="28" t="s">
+        <v>289</v>
+      </c>
+      <c r="D143" s="28" t="s">
+        <v>310</v>
       </c>
       <c r="E143" s="29" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="F143" s="29" t="s">
+        <v>564</v>
+      </c>
+      <c r="F143" s="28" t="s">
         <v>15</v>
       </c>
-      <c r="G143" s="29" t="s">
-[...4 lines deleted...]
-        <v>626</v>
+      <c r="G143" s="28" t="s">
+        <v>311</v>
+      </c>
+      <c r="H143" s="28"/>
+      <c r="I143" s="22" t="s">
+        <v>665</v>
       </c>
     </row>
     <row r="144" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="9">
         <v>24</v>
       </c>
       <c r="B144" s="4">
         <v>143</v>
       </c>
       <c r="C144" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>316</v>
+        <v>289</v>
+      </c>
+      <c r="D144" s="10" t="s">
+        <v>312</v>
+      </c>
+      <c r="E144" s="12" t="s">
+        <v>565</v>
       </c>
       <c r="F144" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G144" s="10" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="H144" s="10"/>
       <c r="I144" s="7"/>
     </row>
     <row r="145" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="9">
         <v>24</v>
       </c>
       <c r="B145" s="4">
         <v>144</v>
       </c>
       <c r="C145" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>317</v>
+        <v>289</v>
+      </c>
+      <c r="D145" s="10" t="s">
+        <v>313</v>
+      </c>
+      <c r="E145" s="12" t="s">
+        <v>566</v>
       </c>
       <c r="F145" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G145" s="10" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="H145" s="10"/>
       <c r="I145" s="7"/>
     </row>
     <row r="146" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="9">
         <v>24</v>
       </c>
       <c r="B146" s="4">
         <v>145</v>
       </c>
       <c r="C146" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>318</v>
+        <v>289</v>
+      </c>
+      <c r="D146" s="10" t="s">
+        <v>314</v>
+      </c>
+      <c r="E146" s="12" t="s">
+        <v>567</v>
       </c>
       <c r="F146" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G146" s="10" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="H146" s="10"/>
       <c r="I146" s="7"/>
     </row>
     <row r="147" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="9">
         <v>24</v>
       </c>
       <c r="B147" s="4">
         <v>146</v>
       </c>
       <c r="C147" s="10" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>319</v>
+        <v>289</v>
+      </c>
+      <c r="D147" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="E147" s="12" t="s">
+        <v>568</v>
       </c>
       <c r="F147" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G147" s="10" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="H147" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I147" s="7"/>
     </row>
     <row r="148" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="9">
         <v>25</v>
       </c>
       <c r="B148" s="4">
         <v>147</v>
       </c>
       <c r="C148" s="10" t="s">
-        <v>320</v>
-[...5 lines deleted...]
-        <v>321</v>
+        <v>316</v>
+      </c>
+      <c r="D148" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="E148" s="12" t="s">
+        <v>569</v>
       </c>
       <c r="F148" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G148" s="10" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="H148" s="10" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="I148" s="7"/>
     </row>
     <row r="149" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A149" s="9">
         <v>26</v>
       </c>
       <c r="B149" s="4">
         <v>148</v>
       </c>
       <c r="C149" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>324</v>
+        <v>319</v>
+      </c>
+      <c r="D149" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="E149" s="12" t="s">
+        <v>571</v>
       </c>
       <c r="F149" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G149" s="10" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="H149" s="10" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="I149" s="7"/>
     </row>
     <row r="150" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="9">
         <v>26</v>
       </c>
       <c r="B150" s="4">
         <v>149</v>
       </c>
       <c r="C150" s="10" t="s">
+        <v>319</v>
+      </c>
+      <c r="D150" s="10" t="s">
+        <v>322</v>
+      </c>
+      <c r="E150" s="12" t="s">
+        <v>572</v>
+      </c>
+      <c r="F150" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G150" s="10" t="s">
         <v>323</v>
       </c>
-      <c r="D150" s="12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H150" s="10" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I150" s="7"/>
     </row>
     <row r="151" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="9">
         <v>26</v>
       </c>
       <c r="B151" s="4">
         <v>150</v>
       </c>
       <c r="C151" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>328</v>
+        <v>319</v>
+      </c>
+      <c r="D151" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="E151" s="12" t="s">
+        <v>573</v>
       </c>
       <c r="F151" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G151" s="10" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="H151" s="10" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="I151" s="7"/>
     </row>
     <row r="152" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="9">
         <v>26</v>
       </c>
       <c r="B152" s="4">
         <v>151</v>
       </c>
       <c r="C152" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>331</v>
+        <v>319</v>
+      </c>
+      <c r="D152" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E152" s="12" t="s">
+        <v>574</v>
       </c>
       <c r="F152" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G152" s="10" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="H152" s="10" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="I152" s="7"/>
     </row>
     <row r="153" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="9">
         <v>26</v>
       </c>
       <c r="B153" s="4">
         <v>152</v>
       </c>
       <c r="C153" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>333</v>
+        <v>319</v>
+      </c>
+      <c r="D153" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="E153" s="12" t="s">
+        <v>575</v>
       </c>
       <c r="F153" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G153" s="10" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="H153" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I153" s="7"/>
     </row>
     <row r="154" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="9">
         <v>26</v>
       </c>
       <c r="B154" s="4">
         <v>153</v>
       </c>
       <c r="C154" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>334</v>
+        <v>319</v>
+      </c>
+      <c r="D154" s="10" t="s">
+        <v>330</v>
+      </c>
+      <c r="E154" s="12" t="s">
+        <v>576</v>
       </c>
       <c r="F154" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G154" s="10" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="H154" s="10" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="I154" s="7"/>
     </row>
     <row r="155" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="9">
         <v>26</v>
       </c>
       <c r="B155" s="4">
         <v>154</v>
       </c>
       <c r="C155" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>336</v>
+        <v>319</v>
+      </c>
+      <c r="D155" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="E155" s="12" t="s">
+        <v>577</v>
       </c>
       <c r="F155" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G155" s="10" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="H155" s="10" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="I155" s="7"/>
     </row>
     <row r="156" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A156" s="9">
         <v>26</v>
       </c>
       <c r="B156" s="4">
         <v>155</v>
       </c>
       <c r="C156" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>338</v>
+        <v>319</v>
+      </c>
+      <c r="D156" s="10" t="s">
+        <v>334</v>
+      </c>
+      <c r="E156" s="12" t="s">
+        <v>578</v>
       </c>
       <c r="F156" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G156" s="10" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="H156" s="10" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="I156" s="7"/>
     </row>
     <row r="157" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="9">
         <v>26</v>
       </c>
       <c r="B157" s="4">
         <v>156</v>
       </c>
       <c r="C157" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>340</v>
+        <v>319</v>
+      </c>
+      <c r="D157" s="10" t="s">
+        <v>336</v>
+      </c>
+      <c r="E157" s="12" t="s">
+        <v>579</v>
       </c>
       <c r="F157" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G157" s="10" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="H157" s="10" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="I157" s="7"/>
     </row>
     <row r="158" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="9">
         <v>26</v>
       </c>
       <c r="B158" s="4">
         <v>157</v>
       </c>
       <c r="C158" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>342</v>
+        <v>319</v>
+      </c>
+      <c r="D158" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="E158" s="12" t="s">
+        <v>580</v>
       </c>
       <c r="F158" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G158" s="10" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="H158" s="10" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="I158" s="7"/>
     </row>
     <row r="159" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="9">
         <v>26</v>
       </c>
       <c r="B159" s="4">
         <v>158</v>
       </c>
       <c r="C159" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>344</v>
+        <v>319</v>
+      </c>
+      <c r="D159" s="10" t="s">
+        <v>340</v>
+      </c>
+      <c r="E159" s="12" t="s">
+        <v>581</v>
       </c>
       <c r="F159" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G159" s="10" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="H159" s="10" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="I159" s="7"/>
     </row>
     <row r="160" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="9">
         <v>26</v>
       </c>
       <c r="B160" s="4">
         <v>159</v>
       </c>
       <c r="C160" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>347</v>
+        <v>319</v>
+      </c>
+      <c r="D160" s="10" t="s">
+        <v>343</v>
+      </c>
+      <c r="E160" s="12" t="s">
+        <v>582</v>
       </c>
       <c r="F160" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G160" s="10" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="H160" s="10" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="I160" s="7"/>
     </row>
     <row r="161" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="9">
         <v>26</v>
       </c>
       <c r="B161" s="4">
         <v>160</v>
       </c>
       <c r="C161" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>349</v>
+        <v>319</v>
+      </c>
+      <c r="D161" s="10" t="s">
+        <v>345</v>
+      </c>
+      <c r="E161" s="12" t="s">
+        <v>583</v>
       </c>
       <c r="F161" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G161" s="10" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="H161" s="10" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="I161" s="7"/>
     </row>
     <row r="162" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="9">
         <v>26</v>
       </c>
       <c r="B162" s="4">
         <v>161</v>
       </c>
       <c r="C162" s="10" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>351</v>
+        <v>319</v>
+      </c>
+      <c r="D162" s="10" t="s">
+        <v>347</v>
+      </c>
+      <c r="E162" s="12" t="s">
+        <v>584</v>
       </c>
       <c r="F162" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G162" s="10" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="H162" s="10" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="I162" s="7"/>
     </row>
     <row r="163" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="9">
         <v>29</v>
       </c>
       <c r="B163" s="4">
         <v>162</v>
       </c>
       <c r="C163" s="10" t="s">
-        <v>354</v>
-[...5 lines deleted...]
-        <v>575</v>
+        <v>350</v>
+      </c>
+      <c r="D163" s="10" t="s">
+        <v>570</v>
+      </c>
+      <c r="E163" s="12" t="s">
+        <v>585</v>
       </c>
       <c r="F163" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G163" s="10" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="H163" s="10"/>
       <c r="I163" s="7"/>
     </row>
     <row r="164" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="9">
         <v>27</v>
       </c>
       <c r="B164" s="4">
         <v>163</v>
       </c>
       <c r="C164" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>357</v>
+        <v>352</v>
+      </c>
+      <c r="D164" s="10" t="s">
+        <v>353</v>
+      </c>
+      <c r="E164" s="12" t="s">
+        <v>586</v>
       </c>
       <c r="F164" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G164" s="10" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="H164" s="10" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="I164" s="7"/>
     </row>
     <row r="165" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A165" s="9">
         <v>27</v>
       </c>
       <c r="B165" s="4">
         <v>164</v>
       </c>
       <c r="C165" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="D165" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="E165" s="12" t="s">
+        <v>587</v>
+      </c>
+      <c r="F165" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G165" s="10" t="s">
         <v>356</v>
       </c>
-      <c r="D165" s="12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H165" s="10" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I165" s="7"/>
     </row>
     <row r="166" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A166" s="9">
         <v>27</v>
       </c>
       <c r="B166" s="4">
         <v>165</v>
       </c>
       <c r="C166" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>361</v>
+        <v>352</v>
+      </c>
+      <c r="D166" s="10" t="s">
+        <v>357</v>
+      </c>
+      <c r="E166" s="12" t="s">
+        <v>592</v>
       </c>
       <c r="F166" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G166" s="10" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="H166" s="10" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="I166" s="7"/>
     </row>
     <row r="167" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A167" s="9">
         <v>27</v>
       </c>
       <c r="B167" s="4">
         <v>166</v>
       </c>
       <c r="C167" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>364</v>
+        <v>352</v>
+      </c>
+      <c r="D167" s="10" t="s">
+        <v>360</v>
+      </c>
+      <c r="E167" s="12" t="s">
+        <v>593</v>
       </c>
       <c r="F167" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G167" s="10" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="H167" s="10" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="I167" s="7"/>
     </row>
     <row r="168" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="9">
         <v>27</v>
       </c>
       <c r="B168" s="4">
         <v>167</v>
       </c>
       <c r="C168" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>366</v>
+        <v>352</v>
+      </c>
+      <c r="D168" s="10" t="s">
+        <v>362</v>
+      </c>
+      <c r="E168" s="12" t="s">
+        <v>594</v>
       </c>
       <c r="F168" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G168" s="10" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="H168" s="10" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="I168" s="7"/>
     </row>
     <row r="169" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="9">
         <v>27</v>
       </c>
       <c r="B169" s="4">
         <v>168</v>
       </c>
       <c r="C169" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>368</v>
+        <v>352</v>
+      </c>
+      <c r="D169" s="10" t="s">
+        <v>364</v>
+      </c>
+      <c r="E169" s="12" t="s">
+        <v>595</v>
       </c>
       <c r="F169" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G169" s="10" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="H169" s="10" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="I169" s="7"/>
     </row>
     <row r="170" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="9">
         <v>27</v>
       </c>
       <c r="B170" s="4">
         <v>169</v>
       </c>
       <c r="C170" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>370</v>
+        <v>352</v>
+      </c>
+      <c r="D170" s="10" t="s">
+        <v>366</v>
+      </c>
+      <c r="E170" s="12" t="s">
+        <v>596</v>
       </c>
       <c r="F170" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G170" s="10" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="H170" s="10" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="I170" s="7"/>
     </row>
     <row r="171" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="9">
         <v>27</v>
       </c>
       <c r="B171" s="4">
         <v>170</v>
       </c>
       <c r="C171" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>372</v>
+        <v>352</v>
+      </c>
+      <c r="D171" s="10" t="s">
+        <v>368</v>
+      </c>
+      <c r="E171" s="12" t="s">
+        <v>597</v>
       </c>
       <c r="F171" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G171" s="10" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="H171" s="10" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="I171" s="7"/>
     </row>
     <row r="172" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A172" s="9">
         <v>27</v>
       </c>
       <c r="B172" s="4">
         <v>171</v>
       </c>
       <c r="C172" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>373</v>
+        <v>352</v>
+      </c>
+      <c r="D172" s="10" t="s">
+        <v>369</v>
+      </c>
+      <c r="E172" s="12" t="s">
+        <v>598</v>
       </c>
       <c r="F172" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G172" s="10" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="H172" s="10" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="I172" s="7"/>
+        <v>371</v>
+      </c>
+      <c r="I172" s="7" t="s">
+        <v>673</v>
+      </c>
     </row>
     <row r="173" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A173" s="9">
         <v>27</v>
       </c>
       <c r="B173" s="4">
         <v>172</v>
       </c>
       <c r="C173" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>376</v>
+        <v>352</v>
+      </c>
+      <c r="D173" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="E173" s="12" t="s">
+        <v>599</v>
       </c>
       <c r="F173" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G173" s="10" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="H173" s="10" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="I173" s="7"/>
     </row>
     <row r="174" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A174" s="9">
         <v>27</v>
       </c>
       <c r="B174" s="4">
         <v>173</v>
       </c>
       <c r="C174" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>379</v>
+        <v>352</v>
+      </c>
+      <c r="D174" s="10" t="s">
+        <v>375</v>
+      </c>
+      <c r="E174" s="12" t="s">
+        <v>600</v>
       </c>
       <c r="F174" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G174" s="10" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="H174" s="10" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="I174" s="7"/>
     </row>
     <row r="175" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A175" s="9">
         <v>27</v>
       </c>
       <c r="B175" s="4">
         <v>174</v>
       </c>
       <c r="C175" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>381</v>
+        <v>352</v>
+      </c>
+      <c r="D175" s="10" t="s">
+        <v>377</v>
+      </c>
+      <c r="E175" s="12" t="s">
+        <v>601</v>
       </c>
       <c r="F175" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G175" s="10" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="H175" s="10" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="I175" s="7"/>
     </row>
     <row r="176" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="9">
         <v>27</v>
       </c>
       <c r="B176" s="4">
         <v>175</v>
       </c>
       <c r="C176" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>383</v>
+        <v>352</v>
+      </c>
+      <c r="D176" s="10" t="s">
+        <v>379</v>
+      </c>
+      <c r="E176" s="12" t="s">
+        <v>602</v>
       </c>
       <c r="F176" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G176" s="10" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="H176" s="10" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="I176" s="7"/>
     </row>
     <row r="177" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A177" s="9">
         <v>27</v>
       </c>
       <c r="B177" s="4">
         <v>176</v>
       </c>
       <c r="C177" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>385</v>
+        <v>352</v>
+      </c>
+      <c r="D177" s="10" t="s">
+        <v>381</v>
+      </c>
+      <c r="E177" s="12" t="s">
+        <v>603</v>
       </c>
       <c r="F177" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G177" s="10" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="H177" s="10" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="I177" s="7"/>
     </row>
     <row r="178" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A178" s="9">
         <v>27</v>
       </c>
       <c r="B178" s="4">
         <v>177</v>
       </c>
       <c r="C178" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>387</v>
+        <v>352</v>
+      </c>
+      <c r="D178" s="10" t="s">
+        <v>383</v>
+      </c>
+      <c r="E178" s="12" t="s">
+        <v>604</v>
       </c>
       <c r="F178" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G178" s="10" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="H178" s="10" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="I178" s="7"/>
     </row>
     <row r="179" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A179" s="9">
         <v>27</v>
       </c>
       <c r="B179" s="4">
         <v>178</v>
       </c>
       <c r="C179" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>389</v>
+        <v>352</v>
+      </c>
+      <c r="D179" s="10" t="s">
+        <v>385</v>
+      </c>
+      <c r="E179" s="12" t="s">
+        <v>605</v>
       </c>
       <c r="F179" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G179" s="10" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="H179" s="10" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="I179" s="7"/>
     </row>
     <row r="180" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A180" s="9">
         <v>27</v>
       </c>
       <c r="B180" s="4">
         <v>179</v>
       </c>
       <c r="C180" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>392</v>
+        <v>352</v>
+      </c>
+      <c r="D180" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="E180" s="12" t="s">
+        <v>606</v>
       </c>
       <c r="F180" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G180" s="10" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="H180" s="10" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="I180" s="7"/>
     </row>
     <row r="181" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A181" s="9">
         <v>27</v>
       </c>
       <c r="B181" s="4">
         <v>180</v>
       </c>
       <c r="C181" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>395</v>
+        <v>352</v>
+      </c>
+      <c r="D181" s="10" t="s">
+        <v>391</v>
+      </c>
+      <c r="E181" s="12" t="s">
+        <v>607</v>
       </c>
       <c r="F181" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G181" s="10" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="H181" s="10" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="I181" s="7"/>
     </row>
     <row r="182" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A182" s="9">
         <v>27</v>
       </c>
       <c r="B182" s="4">
         <v>181</v>
       </c>
       <c r="C182" s="10" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>397</v>
+        <v>352</v>
+      </c>
+      <c r="D182" s="10" t="s">
+        <v>393</v>
+      </c>
+      <c r="E182" s="12" t="s">
+        <v>608</v>
       </c>
       <c r="F182" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G182" s="10" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="H182" s="10" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I182" s="7"/>
     </row>
     <row r="183" spans="1:9" s="8" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A183" s="33"/>
+      <c r="A183" s="32"/>
       <c r="B183" s="4">
         <v>182</v>
       </c>
-      <c r="C183" s="21" t="s">
-[...6 lines deleted...]
-        <v>616</v>
+      <c r="C183" s="35" t="s">
+        <v>509</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="E183" s="12" t="s">
+        <v>612</v>
       </c>
       <c r="F183" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G183" s="5" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="H183" s="5" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="I183" s="7" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
     </row>
     <row r="184" spans="1:9" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B184" s="4">
         <v>183</v>
       </c>
-      <c r="C184" s="21" t="s">
-[...2 lines deleted...]
-      <c r="D184" s="19" t="s">
+      <c r="C184" s="35" t="s">
+        <v>509</v>
+      </c>
+      <c r="D184" s="36" t="s">
+        <v>619</v>
+      </c>
+      <c r="E184" s="19" t="s">
+        <v>507</v>
+      </c>
+      <c r="F184" s="7" t="s">
+        <v>510</v>
+      </c>
+      <c r="G184" s="7" t="s">
         <v>511</v>
       </c>
-      <c r="E184" s="37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H184" s="7" t="s">
-        <v>516</v>
+        <v>653</v>
       </c>
       <c r="I184" s="7" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
     </row>
     <row r="185" spans="1:9" ht="51.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B185" s="4">
         <v>184</v>
       </c>
       <c r="C185" s="20" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="D185" s="19" t="s">
+        <v>509</v>
+      </c>
+      <c r="D185" s="34" t="s">
+        <v>620</v>
+      </c>
+      <c r="E185" s="19" t="s">
+        <v>508</v>
+      </c>
+      <c r="F185" s="7" t="s">
+        <v>510</v>
+      </c>
+      <c r="G185" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="H185" s="7" t="s">
         <v>512</v>
       </c>
-      <c r="E185" s="38" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I185" s="7" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
     </row>
     <row r="186" spans="1:9" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B186" s="4">
         <v>185</v>
       </c>
       <c r="C186" s="7" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-        <v>595</v>
+        <v>589</v>
+      </c>
+      <c r="D186" s="39" t="s">
+        <v>588</v>
       </c>
       <c r="E186" s="7" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="F186" s="7" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>396</v>
+      </c>
+      <c r="G186" s="21" t="s">
+        <v>358</v>
       </c>
       <c r="H186" s="20" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="I186" s="7" t="s">
-        <v>614</v>
+        <v>609</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B187" s="4">
+        <v>186</v>
+      </c>
+      <c r="C187" s="7" t="s">
+        <v>624</v>
+      </c>
+      <c r="D187" s="39" t="s">
+        <v>670</v>
+      </c>
+      <c r="E187" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="F187" s="7" t="s">
+        <v>510</v>
+      </c>
+      <c r="G187" s="21" t="s">
+        <v>637</v>
+      </c>
+      <c r="H187" s="20" t="s">
+        <v>652</v>
+      </c>
+      <c r="I187" s="7" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B188" s="4">
+        <v>187</v>
+      </c>
+      <c r="C188" s="7" t="s">
+        <v>622</v>
+      </c>
+      <c r="D188" s="39" t="s">
+        <v>628</v>
+      </c>
+      <c r="E188" s="7" t="s">
+        <v>638</v>
+      </c>
+      <c r="F188" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="G188" s="21" t="s">
+        <v>640</v>
+      </c>
+      <c r="H188" s="20" t="s">
+        <v>654</v>
+      </c>
+      <c r="I188" s="7" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B189" s="4">
+        <v>188</v>
+      </c>
+      <c r="C189" s="7" t="s">
+        <v>622</v>
+      </c>
+      <c r="D189" s="7" t="s">
+        <v>667</v>
+      </c>
+      <c r="E189" s="7" t="s">
+        <v>641</v>
+      </c>
+      <c r="F189" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="G189" s="21" t="s">
+        <v>642</v>
+      </c>
+      <c r="H189" s="20" t="s">
+        <v>643</v>
+      </c>
+      <c r="I189" s="7" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B190" s="4">
+        <v>189</v>
+      </c>
+      <c r="C190" s="7" t="s">
+        <v>625</v>
+      </c>
+      <c r="D190" s="7" t="s">
+        <v>629</v>
+      </c>
+      <c r="E190" s="7" t="s">
+        <v>644</v>
+      </c>
+      <c r="F190" s="7" t="s">
+        <v>396</v>
+      </c>
+      <c r="G190" s="21" t="s">
+        <v>645</v>
+      </c>
+      <c r="H190" s="20" t="s">
+        <v>654</v>
+      </c>
+      <c r="I190" s="7" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B191" s="4">
+        <v>190</v>
+      </c>
+      <c r="C191" s="7" t="s">
+        <v>509</v>
+      </c>
+      <c r="D191" s="39" t="s">
+        <v>669</v>
+      </c>
+      <c r="E191" s="7" t="s">
+        <v>646</v>
+      </c>
+      <c r="F191" s="7" t="s">
+        <v>648</v>
+      </c>
+      <c r="G191" s="21" t="s">
+        <v>647</v>
+      </c>
+      <c r="H191" s="20" t="s">
+        <v>655</v>
+      </c>
+      <c r="I191" s="7" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B192" s="4">
+        <v>191</v>
+      </c>
+      <c r="C192" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D192" s="7" t="s">
+        <v>656</v>
+      </c>
+      <c r="E192" s="7" t="s">
+        <v>649</v>
+      </c>
+      <c r="F192" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="G192" s="21" t="s">
+        <v>650</v>
+      </c>
+      <c r="H192" s="20" t="s">
+        <v>651</v>
+      </c>
+      <c r="I192" s="7" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="193" spans="2:9" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B193" s="4">
+        <v>192</v>
+      </c>
+      <c r="C193" s="7" t="s">
+        <v>627</v>
+      </c>
+      <c r="D193" s="7" t="s">
+        <v>630</v>
+      </c>
+      <c r="E193" s="7" t="s">
+        <v>657</v>
+      </c>
+      <c r="F193" s="7" t="s">
+        <v>658</v>
+      </c>
+      <c r="G193" s="21" t="s">
+        <v>370</v>
+      </c>
+      <c r="H193" s="20" t="s">
+        <v>227</v>
+      </c>
+      <c r="I193" s="7" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="194" spans="2:9" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B194" s="4">
+        <v>193</v>
+      </c>
+      <c r="C194" s="7" t="s">
+        <v>627</v>
+      </c>
+      <c r="D194" s="7" t="s">
+        <v>631</v>
+      </c>
+      <c r="E194" s="7" t="s">
+        <v>659</v>
+      </c>
+      <c r="F194" s="7" t="s">
+        <v>662</v>
+      </c>
+      <c r="G194" s="21" t="s">
+        <v>660</v>
+      </c>
+      <c r="H194" s="20" t="s">
+        <v>661</v>
+      </c>
+      <c r="I194" s="7" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="195" spans="2:9" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B195" s="4">
+        <v>194</v>
+      </c>
+      <c r="C195" s="7" t="s">
+        <v>627</v>
+      </c>
+      <c r="D195" s="7" t="s">
+        <v>632</v>
+      </c>
+      <c r="E195" s="7" t="s">
+        <v>634</v>
+      </c>
+      <c r="F195" s="7" t="s">
+        <v>662</v>
+      </c>
+      <c r="G195" s="21" t="s">
+        <v>660</v>
+      </c>
+      <c r="H195" s="20" t="s">
+        <v>663</v>
+      </c>
+      <c r="I195" s="7" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="196" spans="2:9" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B196" s="4">
+        <v>195</v>
+      </c>
+      <c r="C196" s="7" t="s">
+        <v>627</v>
+      </c>
+      <c r="D196" s="7" t="s">
+        <v>633</v>
+      </c>
+      <c r="E196" s="7" t="s">
+        <v>635</v>
+      </c>
+      <c r="F196" s="7" t="s">
+        <v>662</v>
+      </c>
+      <c r="G196" s="21" t="s">
+        <v>660</v>
+      </c>
+      <c r="H196" s="20" t="s">
+        <v>664</v>
+      </c>
+      <c r="I196" s="7" t="s">
+        <v>621</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I186" xr:uid="{247EFAC5-16A3-4FFB-A307-EB15A38FA59F}"/>
+  <autoFilter ref="B1:I196" xr:uid="{247EFAC5-16A3-4FFB-A307-EB15A38FA59F}"/>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="54" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <SharedWithUsers xmlns="ba55ae32-3234-4eab-9f44-51a2758310e8">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100047E55AA73075346BED4C6D44394F271" ma:contentTypeVersion="6" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="69387a72e93c5c4fba2145fafa05c4a6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c71296ab-4421-4f57-a722-098df4c598e3" xmlns:ns3="ba55ae32-3234-4eab-9f44-51a2758310e8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="77c8e4b396b58977636620300c1a3cb9" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c71296ab-4421-4f57-a722-098df4c598e3"/>
     <xsd:import namespace="ba55ae32-3234-4eab-9f44-51a2758310e8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -8465,139 +8992,139 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D78F25A-6764-4AE1-873C-8CB41229F78D}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{030FD5DA-EAD8-4111-A0E9-22461C7D6C43}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c71296ab-4421-4f57-a722-098df4c598e3"/>
     <ds:schemaRef ds:uri="ba55ae32-3234-4eab-9f44-51a2758310e8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D78F25A-6764-4AE1-873C-8CB41229F78D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B70E1B13-DE7B-477C-B8BD-9197DD21C5F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="c71296ab-4421-4f57-a722-098df4c598e3"/>
     <ds:schemaRef ds:uri="ba55ae32-3234-4eab-9f44-51a2758310e8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="21" baseType="lpstr">
-      <vt:lpstr>重点手続一覧 (令和７年４月末時点)</vt:lpstr>
-[...19 lines deleted...]
-      <vt:lpstr>'重点手続一覧 (令和７年４月末時点)'!保健医療局</vt:lpstr>
+      <vt:lpstr>重点手続一覧 (令和７年12月末時点)</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!下水道局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!会計管理局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!環境局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!教育庁</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!警視庁</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!建設局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!交通局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!港湾局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!財務局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!産業労働局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!主税局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!住宅政策本部</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!人事委員会事務局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!水道局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!生活文化スポーツ局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!総務局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!都市整備局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!東京消防庁</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!福祉局</vt:lpstr>
+      <vt:lpstr>'重点手続一覧 (令和７年12月末時点)'!保健医療局</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>